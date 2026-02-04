--- v0 (2026-01-07)
+++ v1 (2026-02-04)
@@ -359,162 +359,162 @@
   <si>
     <t>#45 David Nunn - RB</t>
   </si>
   <si>
     <t>#43 Leon Kline - FB</t>
   </si>
   <si>
     <t>#13 Vito Morgan - WR</t>
   </si>
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
     <t>#18 Timothy Baker - WR</t>
   </si>
   <si>
     <t>#69 Andrew Griffith - LT</t>
   </si>
   <si>
     <t>#73 James Alexander - LG</t>
   </si>
   <si>
     <t>#77 Gerald Bruce - C</t>
   </si>
   <si>
-    <t>#73 Julio Brooks - RG</t>
+    <t>#66 Julio Brooks - RT</t>
   </si>
   <si>
     <t>#58 Joseph Chubb - RT</t>
   </si>
   <si>
     <t>#72 Larry Cuellar - RDE</t>
   </si>
   <si>
-    <t>#97 Jimmy McKoy - RDE</t>
+    <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
     <t>#50 Lawrence Macias - LDE</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#94 Paul Wyman - CB</t>
   </si>
   <si>
     <t>#21 Joseph Neblett - CB</t>
   </si>
   <si>
-    <t>#35 Jeffrey Beach - LDE</t>
+    <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
     <t>#57 Jeffrey Olivo - SS</t>
   </si>
   <si>
-    <t>#41 Willie Kaufman - RDE</t>
+    <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
     <t>#48 Robert Morel - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>2-10-PIT 25 (14:57) 9-Dewey Jones pass complete to 43-Leon Kline to PIT 28 for 3 yards. Tackle by 94-Paul Wyman.</t>
   </si>
   <si>
     <t>#52 Robert Vang - CB</t>
   </si>
   <si>
     <t>#33 Earl Bone - CB</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>PIT 28</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>3-7-PIT 28 (14:20) 9-Dewey Jones pass Pass knocked down by 33-Earl Bone. incomplete, intended for 14-Bradford Smith. Pressure by 72-Larry Cuellar.</t>
   </si>
   <si>
     <t>#42 Vincent Cashwell - TE</t>
   </si>
   <si>
     <t>#14 Bradford Smith - WR</t>
   </si>
   <si>
     <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
-    <t>#36 James Glass - LDE</t>
+    <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#10 Gary Pirtle - WR</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-PIT 28 (14:16) 19-Keith Hemming punts 52 yards to TBY 21. 21-Joseph Neblett to TBY 22 for 1 yards. Tackle by 53-Brandon Fackler.</t>
   </si>
   <si>
     <t>#19 Keith Hemming - P</t>
   </si>
   <si>
     <t>#83 Jacob Spohn - TE</t>
   </si>
   <si>
     <t>#85 Daniel Feller - RB</t>
   </si>
   <si>
     <t>#87 Ricky Snyder - CB</t>
   </si>
   <si>
     <t>#80 Nathan Brown - WR</t>
   </si>
   <si>
-    <t>#15 George Harrington - C</t>
+    <t>#15 George Harrington - RB</t>
   </si>
   <si>
     <t>#61 Cory Moss - LT</t>
   </si>
   <si>
     <t>#54 James Pineda - RG</t>
   </si>
   <si>
     <t>#23 James Binion - RB</t>
   </si>
   <si>
     <t>#70 Michael Turbeville - LT</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>TBY 22</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>#18 John Bonner - WR</t>
   </si>
   <si>
     <t>#88 John Barile - LG</t>
   </si>
   <si>
     <t>#83 Matthew Hanley - C</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
     <t>#82 Kenneth Fritz - WR</t>
   </si>
   <si>
     <t>#63 Jay Reynolds - C</t>
   </si>
   <si>
-    <t>#65 Arthur Tarleton - LDE</t>
+    <t>#67 Arthur Tarleton - LDE</t>
   </si>
   <si>
     <t>#65 Frederick Kling - DT</t>
   </si>
   <si>
     <t>#52 Bryan Fraga - DT</t>
   </si>
   <si>
     <t>#98 Damian Byrd - RDE</t>
   </si>
   <si>
     <t>#21 Robert Brock - DT</t>
   </si>
   <si>
     <t>#29 Joseph Wright - CB</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>TBY 28</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-TBY 30 (8:37) 5-Michael Turner 48 yard field goal is GOOD. PIT 3 TBY 0</t>
   </si>
   <si>
     <t>#5 Michael Turner - K</t>
   </si>
   <si>
     <t>#85 Brendan Hunter - TE</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(8:34) 5-Michael Turner kicks 75 yards from PIT 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>#71 Ronald Flowers - RG</t>
   </si>
   <si>
-    <t>#76 David Wyatt - RG</t>
+    <t>#76 David Wyatt - C</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>1-10-TBY 25 (8:34) 17-William Bentley ran to TBY 26 for 1 yards. Tackle by 51-John Varela.</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>
   <si>
     <t>2-9-TBY 26 (7:59) 21-Joseph Neblett ran to TBY 38 for 12 yards. Tackle by 51-John Varela. TBY 83-Matthew Hanley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>TBY 38</t>
   </si>
@@ -1355,51 +1355,51 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-PIT 18 (9:44) 21-Joseph Neblett ran to PIT 4 for 14 yards. Tackle by 33-Troy Wesolowski.</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>PIT 4</t>
   </si>
   <si>
     <t>1-4-PIT 4 (9:00) 19-Brian Badger ran for 4 yards. TOUCHDOWN! TBY 54-Ervin Moore was injured on the play. He looks like he should be able to return. PIT 3 TBY 6</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>(8:57) Extra point GOOD by 4-Joseph Moorer. TBY 68-Daniel Ulrey was injured on the play. He looks like he should be able to return. PIT 3 TBY 7</t>
   </si>
   <si>
-    <t>#16 Michael Brennan - QB</t>
+    <t>#6 Michael Brennan - QB</t>
   </si>
   <si>
     <t>#40 Milton Gray - C</t>
   </si>
   <si>
     <t>(8:57) 4-Joseph Moorer kicks 74 yards from TBY 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-PIT 25 (8:57) 9-Dewey Jones pass Pass knocked down by 39-Murray Wood. incomplete, intended for 42-Vincent Cashwell.</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>2-10-PIT 25 (8:55) 45-David Nunn ran to PIT 23 for -2 yards. Tackle by 94-Paul Wyman.</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>3-12-PIT 23 (8:14) 9-Dewey Jones pass complete to 43-Leon Kline to PIT 24 for 2 yards. Tackle by 94-Paul Wyman.</t>
   </si>
@@ -2165,110 +2165,110 @@
   </sheetPr>
   <dimension ref="A1:CD161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="391.619" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">