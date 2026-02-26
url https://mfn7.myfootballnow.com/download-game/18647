--- v1 (2026-02-04)
+++ v2 (2026-02-26)
@@ -338,51 +338,51 @@
   <si>
     <t>#4 Joseph Moorer - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 9-Dewey Jones pass Pass knocked down by 57-Jeffrey Olivo. incomplete, intended for 88-Donald Chase.</t>
   </si>
   <si>
     <t>#9 Dewey Jones - QB</t>
   </si>
   <si>
     <t>#45 David Nunn - RB</t>
   </si>
   <si>
-    <t>#43 Leon Kline - FB</t>
+    <t>#43 Leon Kline - RB</t>
   </si>
   <si>
     <t>#13 Vito Morgan - WR</t>
   </si>
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
     <t>#18 Timothy Baker - WR</t>
   </si>
   <si>
     <t>#69 Andrew Griffith - LT</t>
   </si>
   <si>
     <t>#73 James Alexander - LG</t>
   </si>
   <si>
     <t>#77 Gerald Bruce - C</t>
   </si>
   <si>
     <t>#66 Julio Brooks - RT</t>
   </si>
   <si>
     <t>#58 Joseph Chubb - RT</t>
   </si>
@@ -458,51 +458,51 @@
   <si>
     <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#10 Gary Pirtle - WR</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-PIT 28 (14:16) 19-Keith Hemming punts 52 yards to TBY 21. 21-Joseph Neblett to TBY 22 for 1 yards. Tackle by 53-Brandon Fackler.</t>
   </si>
   <si>
     <t>#19 Keith Hemming - P</t>
   </si>
   <si>
-    <t>#83 Jacob Spohn - TE</t>
+    <t>#83 Jacob Spohn - WR</t>
   </si>
   <si>
     <t>#85 Daniel Feller - RB</t>
   </si>
   <si>
     <t>#87 Ricky Snyder - CB</t>
   </si>
   <si>
     <t>#80 Nathan Brown - WR</t>
   </si>
   <si>
     <t>#15 George Harrington - RB</t>
   </si>
   <si>
     <t>#61 Cory Moss - LT</t>
   </si>
   <si>
     <t>#54 James Pineda - RG</t>
   </si>
   <si>
     <t>#23 James Binion - RB</t>
   </si>
   <si>
     <t>#70 Michael Turbeville - LT</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>3-14-TBY 18 (13:18) 9-Josh Alford pass complete to 80-Nathan Brown to TBY 19 for 1 yards. Tackle by 29-Joseph Wright.</t>
   </si>
   <si>
     <t>#33 Troy Wesolowski - SS</t>
   </si>
   <si>
     <t>#34 Robert Frazier - FS</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>TBY 19</t>
   </si>
   <si>
     <t>4-13-TBY 19 (12:44) 5-Calvin Bennett punts 48 yards to PIT 33. Fair Catch by 13-Vito Morgan.</t>
   </si>
   <si>
     <t>#5 Calvin Bennett - P</t>
   </si>
   <si>
     <t>#89 Wayne Rodriguez - TE</t>
   </si>
   <si>
-    <t>#66 Jerome Gardner - LT</t>
+    <t>#77 Jerome Gardner - RT</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>PIT 33</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-PIT 33 (12:37) 9-Dewey Jones pass complete to 88-Donald Chase to TBY 47 for 20 yards. Tackle by 41-Willie Kaufman.</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>TBY 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>