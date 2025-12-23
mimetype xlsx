--- v0 (2025-11-30)
+++ v1 (2025-12-23)
@@ -338,51 +338,51 @@
   <si>
     <t>#4 Billy Rivera - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 17-William Bentley ran to TBY 48 for 23 yards. Tackle by 32-Charlie Smith.</t>
   </si>
   <si>
     <t>#9 Josh Alford - QB</t>
   </si>
   <si>
     <t>#17 William Bentley - WR</t>
   </si>
   <si>
-    <t>#15 George Harrington - RB</t>
+    <t>#15 George Harrington - WR</t>
   </si>
   <si>
     <t>#10 Gary Pirtle - WR</t>
   </si>
   <si>
     <t>#61 Cory Moss - LT</t>
   </si>
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
     <t>#76 Thomas Powell - LDE</t>
   </si>
   <si>
     <t>#63 Buford Morales - DT</t>
   </si>
   <si>
     <t>#56 Troy Grissom - DT</t>
   </si>
   <si>
     <t>#74 Gary Helton - DT</t>
   </si>
   <si>
     <t>#95 Craig Canton - RDE</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-ATL 36 (10:54) 5-Calvin Bennett punts 29 yards to ATL 8. Fair Catch by 30-Andrew Leeds.</t>
   </si>
   <si>
     <t>#5 Calvin Bennett - P</t>
   </si>
   <si>
     <t>#89 Wayne Rodriguez - TE</t>
   </si>
   <si>
     <t>#30 Andrew Leeds - RB</t>
   </si>
   <si>
     <t>#78 Robert Kelly - RG</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
     <t>#66 Jerome Gardner - LT</t>
   </si>
   <si>
-    <t>#80 Nathan Brown - RB</t>
+    <t>#80 Nathan Brown - WR</t>
   </si>
   <si>
     <t>#93 Fernando Decosta - RDE</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>ATL 8</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ATL 8 (10:48) 30-Andrew Leeds ran to ATL 12 for 4 yards. Tackle by 39-Murray Wood. PENALTY - Holding (ATL 67-Brant Blackburn)</t>
   </si>
   <si>
     <t>#10 Kenneth Durrant - QB</t>
   </si>
   <si>
     <t>#48 Peter Holtz - FB</t>
   </si>