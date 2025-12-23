--- v0 (2025-11-30)
+++ v1 (2025-12-23)
@@ -527,51 +527,51 @@
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>JAX 9</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 9 (11:20) 10-Mark Garner ran to JAX 9 for a short gain. Tackle by 42-Danny Bass.</t>
   </si>
   <si>
     <t>#5 Adam Colon - QB</t>
   </si>
   <si>
     <t>#10 Mark Garner - WR</t>
   </si>
   <si>
     <t>#34 Pablo Davidson - FB</t>
   </si>
   <si>
     <t>#83 Kyle Morris - TE</t>
   </si>
   <si>
-    <t>#87 Freddy Farrell - WR</t>
+    <t>#80 Freddy Farrell - WR</t>
   </si>
   <si>
     <t>#55 Grady Horton - LT</t>
   </si>
   <si>
     <t>#71 David Bond - LG</t>
   </si>
   <si>
     <t>#64 Richard Goodman - C</t>
   </si>
   <si>
     <t>#65 Richard Horton - RG</t>
   </si>
   <si>
     <t>#76 Timothy Garcia - LG</t>
   </si>
   <si>
     <t>#75 Jack Wise - DT</t>
   </si>
   <si>
     <t>#63 John Miller - RDE</t>
   </si>
   <si>
     <t>#92 Jed Howell - SLB</t>
   </si>