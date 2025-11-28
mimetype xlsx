--- v0 (2025-11-04)
+++ v1 (2025-11-28)
@@ -575,51 +575,51 @@
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-DAL 20 (11:00) 4-Pat Meyer pass incomplete, intended for 84-Dion Moody. Pressure by 54-Alan Collins.</t>
   </si>
   <si>
     <t>#4 Pat Meyer - QB</t>
   </si>
   <si>
     <t>#7 Donald Smith - WR</t>
   </si>
   <si>
     <t>#68 Ryan Quirion - C</t>
   </si>
   <si>
     <t>#84 Dion Moody - WR</t>
   </si>
   <si>
     <t>#81 Michael Anthony - RB</t>
   </si>
   <si>
-    <t>#19 Timothy Baskett - WR</t>
+    <t>#16 Timothy Baskett - WR</t>
   </si>
   <si>
     <t>#65 Jewel Markland - LT</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
     <t>#70 Shane Allen - C</t>
   </si>
   <si>
     <t>#60 William Burnett - RG</t>
   </si>
   <si>
     <t>#72 William Willman - RT</t>
   </si>
   <si>
     <t>#47 Martin Jonson - LDE</t>
   </si>
   <si>
     <t>#91 Jerry Clinger - DT</t>
   </si>
   <si>
     <t>#95 George Phillips - RDE</t>
   </si>