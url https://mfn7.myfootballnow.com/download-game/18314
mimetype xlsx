--- v1 (2025-11-28)
+++ v2 (2025-12-19)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Tommy Deweese kicks 75 yards from DAL 35 to JAX -10. Touchback.</t>
   </si>
   <si>
-    <t>#87 Freddy Farrell - WR</t>
+    <t>#80 Freddy Farrell - WR</t>
   </si>
   <si>
     <t>#53 Mauro Roberts - WLB</t>
   </si>
   <si>
     <t>#31 Douglas Pettyjohn - CB</t>
   </si>
   <si>
     <t>#90 Gary Cox - MLB</t>
   </si>
   <si>
     <t>#17 Jamar Reedy - WR</t>
   </si>
   <si>
     <t>#32 Lloyd Caceres - SS</t>
   </si>
   <si>
     <t>#98 Jose Martinez - DT</t>
   </si>
   <si>
     <t>#26 John Darby - CB</t>
   </si>
   <si>
     <t>#51 Colin Martin - SLB</t>
   </si>