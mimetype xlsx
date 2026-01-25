--- v2 (2025-12-19)
+++ v3 (2026-01-25)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Tommy Deweese kicks 75 yards from DAL 35 to JAX -10. Touchback.</t>
   </si>
   <si>
     <t>#80 Freddy Farrell - WR</t>
   </si>
   <si>
     <t>#53 Mauro Roberts - WLB</t>
   </si>
   <si>
     <t>#31 Douglas Pettyjohn - CB</t>
   </si>
   <si>
     <t>#90 Gary Cox - MLB</t>
   </si>
   <si>
     <t>#17 Jamar Reedy - WR</t>
   </si>
   <si>
-    <t>#32 Lloyd Caceres - SS</t>
+    <t>#35 Lloyd Caceres - SS</t>
   </si>
   <si>
     <t>#98 Jose Martinez - DT</t>
   </si>
   <si>
     <t>#26 John Darby - CB</t>
   </si>
   <si>
     <t>#51 Colin Martin - SLB</t>
   </si>
   <si>
     <t>#68 Henry White - RDE</t>
   </si>
   <si>
     <t>#23 John Duke - CB</t>
   </si>
   <si>
     <t>#3 Tommy Deweese - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#84 Dion Moody - WR</t>
   </si>
   <si>
     <t>#81 Michael Anthony - RB</t>
   </si>
   <si>
     <t>#16 Timothy Baskett - WR</t>
   </si>
   <si>
     <t>#65 Jewel Markland - LT</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
     <t>#70 Shane Allen - C</t>
   </si>
   <si>
     <t>#60 William Burnett - RG</t>
   </si>
   <si>
     <t>#72 William Willman - RT</t>
   </si>
   <si>
-    <t>#47 Martin Jonson - LDE</t>
+    <t>#62 Martin Jonson - LDE</t>
   </si>
   <si>
     <t>#91 Jerry Clinger - DT</t>
   </si>
   <si>
     <t>#95 George Phillips - RDE</t>
   </si>
   <si>
     <t>#53 Jesse Dodson - SLB</t>
   </si>
   <si>
     <t>#54 Alan Collins - MLB</t>
   </si>
   <si>
     <t>#6 Erich Seifert - FS</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-3-DAL 27 (10:15) 26-Lynn Sharp ran to DAL 28 for 1 yards. Tackle by 33-Dennis Johnson.</t>
   </si>
   <si>
     <t>#25 Nathaniel Queen - WR</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>DAL 28</t>
   </si>
   <si>
     <t>4-2-DAL 28 (9:42) 2-Alex Garcia punts 48 yards to JAX 25. Fair Catch by 17-Jamar Reedy. DAL 58-Raul Grogan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#2 Alex Garcia - P</t>
   </si>
   <si>
-    <t>#76 Terrance Corriveau - C</t>
+    <t>#56 Terrance Corriveau - C</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>1-10-JAX 25 (9:36) 5-Adam Colon pass Pass knocked down by 24-Robt Barnes. incomplete, intended for 87-Freddy Farrell.</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>2-10-JAX 25 (9:32) 10-Mark Garner ran to JAX 25 for a short gain. Tackle by 6-Robert Manning.</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-10-JAX 25 (8:50) 5-Adam Colon pass complete to 34-Pablo Davidson to JAX 27 for 3 yards. Tackle by 28-Raymundo Carson.</t>
   </si>