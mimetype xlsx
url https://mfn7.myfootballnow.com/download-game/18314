--- v3 (2026-01-25)
+++ v4 (2026-02-26)
@@ -419,69 +419,69 @@
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-7-JAX 28 (14:20) 10-Mark Garner ran to JAX 32 for 3 yards. Tackle by 53-Brian Crawford.</t>
   </si>
   <si>
     <t>#63 Ryan Hampton - RG</t>
   </si>
   <si>
     <t>#86 Jesse Turner - TE</t>
   </si>
   <si>
     <t>#40 Darell Null - SS</t>
   </si>
   <si>
-    <t>#53 Brian Crawford - SS</t>
+    <t>#10 Brian Crawford - SS</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>JAX 32</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>3-3-JAX 32 (13:45) 5-Adam Colon pass complete to 83-Kyle Morris to JAX 37 for 6 yards. Tackle by 6-Robert Manning.</t>
   </si>
   <si>
     <t>#13 Michael Horton - WR</t>
   </si>
   <si>
-    <t>#58 Raul Grogan - WLB</t>
+    <t>#44 Raul Grogan - SS</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>JAX 37</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-JAX 37 (13:10) 5-Adam Colon pass Pass knocked down by 99-Leslie Tran. incomplete, intended for 10-Mark Garner.</t>
   </si>
   <si>
     <t>#28 Raymundo Carson - FS</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
@@ -539,96 +539,96 @@
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>3-6-DAL 46 (11:08) 5-Adam Colon pass incomplete, intended for 83-Kyle Morris.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-DAL 46 (11:06) 2-Charlie Guyton punts 48 yards to DAL -2.4-6-DAL 46 (11:06) 2-Charlie Guyton punts 48 yards to DAL -2. Touchback.</t>
   </si>
   <si>
     <t>#2 Charlie Guyton - P</t>
   </si>
   <si>
     <t>#26 Lynn Sharp - WR</t>
   </si>
   <si>
-    <t>#84 Oscar Miller - WR</t>
+    <t>#15 Oscar Miller - WR</t>
   </si>
   <si>
     <t>#83 Gilbert Baker - WR</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>DAL 20</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-DAL 20 (11:00) 4-Pat Meyer pass incomplete, intended for 84-Dion Moody. Pressure by 54-Alan Collins.</t>
   </si>
   <si>
     <t>#4 Pat Meyer - QB</t>
   </si>
   <si>
     <t>#7 Donald Smith - WR</t>
   </si>
   <si>
     <t>#68 Ryan Quirion - C</t>
   </si>
   <si>
     <t>#84 Dion Moody - WR</t>
   </si>
   <si>
     <t>#81 Michael Anthony - RB</t>
   </si>
   <si>
     <t>#16 Timothy Baskett - WR</t>
   </si>
   <si>
     <t>#65 Jewel Markland - LT</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
-    <t>#70 Shane Allen - C</t>
+    <t>#62 Shane Allen - LG</t>
   </si>
   <si>
     <t>#60 William Burnett - RG</t>
   </si>
   <si>
     <t>#72 William Willman - RT</t>
   </si>
   <si>
     <t>#62 Martin Jonson - LDE</t>
   </si>
   <si>
     <t>#91 Jerry Clinger - DT</t>
   </si>
   <si>
     <t>#95 George Phillips - RDE</t>
   </si>
   <si>
     <t>#53 Jesse Dodson - SLB</t>
   </si>
   <si>
     <t>#54 Alan Collins - MLB</t>
   </si>
   <si>
     <t>#6 Erich Seifert - FS</t>
   </si>