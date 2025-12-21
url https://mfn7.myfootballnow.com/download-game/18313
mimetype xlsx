--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -338,54 +338,54 @@
   <si>
     <t>#3 Tommy Deweese - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 17-William Bentley ran to TBY 30 for 5 yards. Tackle by 9-Harvey Valero.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
     <t>#17 William Bentley - WR</t>
   </si>
   <si>
-    <t>#15 George Harrington - C</t>
-[...2 lines deleted...]
-    <t>#10 Tony Shaw - C</t>
+    <t>#15 George Harrington - WR</t>
+  </si>
+  <si>
+    <t>#51 Tony Shaw - WR</t>
   </si>
   <si>
     <t>#18 John Bonner - WR</t>
   </si>
   <si>
     <t>#5 Christopher Johnson - MLB</t>
   </si>
   <si>
     <t>#90 Milton Middaugh - RDE</t>
   </si>
   <si>
     <t>#50 Carl Tilson - WLB</t>
   </si>
   <si>
     <t>#40 Darell Null - SS</t>
   </si>
   <si>
     <t>#53 Brian Crawford - SS</t>
   </si>
   <si>
     <t>#99 Leslie Tran - CB</t>
   </si>
   <si>
     <t>#24 Robt Barnes - CB</t>
   </si>
@@ -467,126 +467,126 @@
   <si>
     <t>11:51</t>
   </si>
   <si>
     <t>TBY 46</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Cross</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-TBY 46 (11:52) 4-Pat Meyer pass Pass knocked down by 39-Murray Wood. incomplete, intended for 84-Dion Moody.</t>
   </si>
   <si>
     <t>#4 Pat Meyer - QB</t>
   </si>
   <si>
     <t>#12 Ivan Rigby - WR</t>
   </si>
   <si>
     <t>#16 Mike Lee - WR</t>
   </si>
   <si>
-    <t>#19 Timothy Baskett - WR</t>
+    <t>#16 Timothy Baskett - WR</t>
   </si>
   <si>
     <t>#84 Dion Moody - WR</t>
   </si>
   <si>
     <t>#7 Donald Smith - WR</t>
   </si>
   <si>
     <t>#65 Jewel Markland - LT</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
     <t>#70 Shane Allen - C</t>
   </si>
   <si>
     <t>#60 William Burnett - RG</t>
   </si>
   <si>
     <t>#77 Everett Short - LT</t>
   </si>
   <si>
     <t>#50 Lawrence Macias - LDE</t>
   </si>
   <si>
     <t>#94 Paul Wyman - CB</t>
   </si>
   <si>
     <t>#96 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#52 Robert Vang - CB</t>
   </si>
   <si>
-    <t>#36 James Glass - RDE</t>
+    <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - LDE</t>
+    <t>#39 Murray Wood - FS</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - LDE</t>
+    <t>#46 Jose Aguilera - FS</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-TBY 46 (11:48) 7-Donald Smith ran to TBY 44 for 2 yards. Tackle by 35-Jeffrey Beach. 84-Dion Moody was caught flat-footed on this play.</t>
   </si>
   <si>
-    <t>#86 Oscar Miller - WR</t>
+    <t>#84 Oscar Miller - WR</t>
   </si>
   <si>
     <t>#25 Nathaniel Queen - WR</t>
   </si>
   <si>
-    <t>#81 Michael Anthony - WR</t>
+    <t>#81 Michael Anthony - RB</t>
   </si>
   <si>
     <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
-    <t>#55 Kenneth Bianchi - SLB</t>
+    <t>#55 Kenneth Bianchi - RDE</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-8-TBY 44 (11:09) 4-Pat Meyer ran to TBY 31 for 13 yards. Tackle by 21-Joseph Neblett.</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>1-10-TBY 31 (10:31) 4-Pat Meyer pass incomplete, intended for 85-David Ezell.</t>
   </si>
   <si>
     <t>#85 David Ezell - WR</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>TBY 13</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-TBY 13 (7:50) 3-Tommy Deweese 31 yard field goal is GOOD. DAL 3 TBY 0</t>
   </si>
   <si>
     <t>#10 Dennis George - QB</t>
   </si>
   <si>
     <t>#26 Lynn Sharp - WR</t>
   </si>
   <si>
     <t>#68 Ryan Quirion - C</t>
   </si>
   <si>
-    <t>#79 Jody Randall - FS</t>
+    <t>#79 Jody Randall - SS</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>(7:47) 3-Tommy Deweese kicks 75 yards from DAL 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>1-10-TBY 25 (7:47) 17-William Bentley ran to TBY 30 for 5 yards. Tackle by 24-Robt Barnes.</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
     <t>2-5-TBY 30 (7:13) 17-William Bentley ran to TBY 35 for 5 yards. Tackle by 32-Brian Wesley.</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
@@ -1082,51 +1082,51 @@
   <si>
     <t>2-7-TBY 33 (3:34) 85-Daniel Feller ran to TBY 34 for 1 yards. Tackle by 50-Carl Tilson.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>TBY 34</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-6-TBY 34 (2:53) 14-Jose Davila pass Pass knocked down by 9-Harvey Valero. incomplete, intended for 10-Tony Shaw.</t>
   </si>
   <si>
     <t>2:48</t>
   </si>
   <si>
     <t>4-6-TBY 34 (2:49) 7-Daniel Plemmons punts 49 yards to DAL 18. Fair Catch by 26-Lynn Sharp. DAL 58-Raul Grogan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 Daniel Plemmons - P</t>
   </si>
   <si>
-    <t>#38 Travis Danner - RDE</t>
+    <t>#38 Travis Danner - CB</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>1-10-DAL 18 (2:43) 4-Pat Meyer pass complete to 7-Donald Smith to DAL 28 for 11 yards. Tackle by 52-Robert Vang. 7-Donald Smith made a great move on the CB.</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>DAL 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DAL 28 (2:06) 21-Peter Hopkins ran to DAL 35 for 7 yards. Tackle by 39-Murray Wood.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
@@ -1655,51 +1655,51 @@
   <si>
     <t>1-10-TBY 0 (7:22) 17-William Bentley ran to TBY 12 for 11 yards. Tackle by 39-Bill Turner.</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>TBY 12</t>
   </si>
   <si>
     <t>1-10-TBY 12 (6:47) 14-Jose Davila pass complete to 10-Tony Shaw to TBY 16 for 4 yards. Tackle by 9-Harvey Valero.</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>2-6-TBY 16 (6:06) 14-Jose Davila pass complete to 10-Tony Shaw to TBY 38 for 22 yards. Tackle by 9-Harvey Valero. TBY 10-Tony Shaw was injured on the play.</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
   <si>
     <t>1-10-TBY 38 (5:17) 88-John Barile ran to TBY 41 for 3 yards. Tackle by 55-Justin Spencer.</t>
   </si>
   <si>
-    <t>#58 Scott Addison - C</t>
+    <t>#68 Scott Addison - C</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>TBY 41</t>
   </si>
   <si>
     <t>2-7-TBY 41 (4:32) 14-Jose Davila pass complete to 81-Donald Altman to DAL 29 for 31 yards.</t>
   </si>
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>1-10-DAL 29 (4:25) 14-Jose Davila sacked at DAL 38 for -10 yards (23-Jerry Blea). Sack allowed by 70-Steven Gonzales.</t>
   </si>
   <si>
     <t>#24 Joseph Bach - WR</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>2-20-DAL 38 (3:50) 19-Brian Badger ran to DAL 32 for 6 yards. Tackle by 40-Darell Null.</t>
   </si>
@@ -2165,95 +2165,95 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>