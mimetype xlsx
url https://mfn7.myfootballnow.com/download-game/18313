--- v1 (2025-12-21)
+++ v2 (2026-02-20)
@@ -338,72 +338,72 @@
   <si>
     <t>#3 Tommy Deweese - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 17-William Bentley ran to TBY 30 for 5 yards. Tackle by 9-Harvey Valero.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
     <t>#17 William Bentley - WR</t>
   </si>
   <si>
-    <t>#15 George Harrington - WR</t>
+    <t>#15 George Harrington - RB</t>
   </si>
   <si>
     <t>#51 Tony Shaw - WR</t>
   </si>
   <si>
     <t>#18 John Bonner - WR</t>
   </si>
   <si>
     <t>#5 Christopher Johnson - MLB</t>
   </si>
   <si>
     <t>#90 Milton Middaugh - RDE</t>
   </si>
   <si>
     <t>#50 Carl Tilson - WLB</t>
   </si>
   <si>
     <t>#40 Darell Null - SS</t>
   </si>
   <si>
-    <t>#53 Brian Crawford - SS</t>
+    <t>#10 Brian Crawford - SS</t>
   </si>
   <si>
     <t>#99 Leslie Tran - CB</t>
   </si>
   <si>
     <t>#24 Robt Barnes - CB</t>
   </si>
   <si>
     <t>#9 Harvey Valero - CB</t>
   </si>
   <si>
     <t>#46 James Rodas - CB</t>
   </si>
   <si>
     <t>#39 Bill Turner - SS</t>
   </si>
   <si>
     <t>#32 Brian Wesley - CB</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>TBY 30</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>13:53</t>
   </si>
   <si>
     <t>TBY 38</t>
   </si>
   <si>
     <t>1-10-TBY 38 (13:52) 17-William Bentley ran to TBY 44 for 6 yards. Tackle by 24-Robt Barnes.</t>
   </si>
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>TBY 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-4-TBY 44 (13:11) 21-Joseph Neblett ran to TBY 48 for 4 yards. Tackle by 32-Brian Wesley.</t>
   </si>
   <si>
-    <t>#88 John Barile - WR</t>
+    <t>#88 John Barile - LG</t>
   </si>
   <si>
     <t>#98 Kenneth Moore - MLB</t>
   </si>
   <si>
     <t>#6 Robert Manning - SS</t>
   </si>
   <si>
     <t>12:31</t>
   </si>
   <si>
     <t>TBY 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-TBY 48 (12:30) 10-Tony Shaw ran to TBY 45 for -4 yards. Tackle by 9-Harvey Valero.</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>TBY 45</t>
   </si>
@@ -482,99 +482,99 @@
   <si>
     <t>#4 Pat Meyer - QB</t>
   </si>
   <si>
     <t>#12 Ivan Rigby - WR</t>
   </si>
   <si>
     <t>#16 Mike Lee - WR</t>
   </si>
   <si>
     <t>#16 Timothy Baskett - WR</t>
   </si>
   <si>
     <t>#84 Dion Moody - WR</t>
   </si>
   <si>
     <t>#7 Donald Smith - WR</t>
   </si>
   <si>
     <t>#65 Jewel Markland - LT</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
-    <t>#70 Shane Allen - C</t>
+    <t>#62 Shane Allen - LG</t>
   </si>
   <si>
     <t>#60 William Burnett - RG</t>
   </si>
   <si>
     <t>#77 Everett Short - LT</t>
   </si>
   <si>
     <t>#50 Lawrence Macias - LDE</t>
   </si>
   <si>
     <t>#94 Paul Wyman - CB</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#52 Robert Vang - CB</t>
   </si>
   <si>
     <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - FS</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - FS</t>
+    <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-TBY 46 (11:48) 7-Donald Smith ran to TBY 44 for 2 yards. Tackle by 35-Jeffrey Beach. 84-Dion Moody was caught flat-footed on this play.</t>
   </si>
   <si>
-    <t>#84 Oscar Miller - WR</t>
+    <t>#15 Oscar Miller - WR</t>
   </si>
   <si>
     <t>#25 Nathaniel Queen - WR</t>
   </si>
   <si>
     <t>#81 Michael Anthony - RB</t>
   </si>
   <si>
     <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
     <t>#55 Kenneth Bianchi - RDE</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-8-TBY 44 (11:09) 4-Pat Meyer ran to TBY 31 for 13 yards. Tackle by 21-Joseph Neblett.</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>TBY 13</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-TBY 13 (7:50) 3-Tommy Deweese 31 yard field goal is GOOD. DAL 3 TBY 0</t>
   </si>
   <si>
     <t>#10 Dennis George - QB</t>
   </si>
   <si>
     <t>#26 Lynn Sharp - WR</t>
   </si>
   <si>
     <t>#68 Ryan Quirion - C</t>
   </si>
   <si>
-    <t>#79 Jody Randall - SS</t>
+    <t>#79 Jody Randall - RDE</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>(7:47) 3-Tommy Deweese kicks 75 yards from DAL 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>1-10-TBY 25 (7:47) 17-William Bentley ran to TBY 30 for 5 yards. Tackle by 24-Robt Barnes.</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
     <t>2-5-TBY 30 (7:13) 17-William Bentley ran to TBY 35 for 5 yards. Tackle by 32-Brian Wesley.</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>DAL 49</t>
   </si>
   <si>
     <t>1-10-DAL 49 (3:55) 10-Tony Shaw ran to DAL 49 for a short gain. Tackle by 53-Brian Crawford.</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-DAL 49 (3:18) 10-Tony Shaw ran to DAL 48 for 1 yards. Tackle by 53-Brian Crawford.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>DAL 48</t>
   </si>
   <si>
     <t>3-9-DAL 48 (2:39) 17-William Bentley ran to DAL 39 for 8 yards. Tackle by 24-Robt Barnes.</t>
   </si>
   <si>
-    <t>#58 Raul Grogan - WLB</t>
+    <t>#44 Raul Grogan - SS</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>DAL 39</t>
   </si>
   <si>
     <t>4-1-DAL 39 (1:54) 21-Joseph Neblett ran to DAL 38 for 2 yards. Tackle by 53-Brian Crawford.</t>
   </si>
   <si>
     <t>#94 John Ray - SLB</t>
   </si>
   <si>
     <t>#13 Jerry Blea - MLB</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>DAL 38</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
@@ -1082,51 +1082,51 @@
   <si>
     <t>2-7-TBY 33 (3:34) 85-Daniel Feller ran to TBY 34 for 1 yards. Tackle by 50-Carl Tilson.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>TBY 34</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-6-TBY 34 (2:53) 14-Jose Davila pass Pass knocked down by 9-Harvey Valero. incomplete, intended for 10-Tony Shaw.</t>
   </si>
   <si>
     <t>2:48</t>
   </si>
   <si>
     <t>4-6-TBY 34 (2:49) 7-Daniel Plemmons punts 49 yards to DAL 18. Fair Catch by 26-Lynn Sharp. DAL 58-Raul Grogan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 Daniel Plemmons - P</t>
   </si>
   <si>
-    <t>#38 Travis Danner - CB</t>
+    <t>#38 Travis Danner - LDE</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>1-10-DAL 18 (2:43) 4-Pat Meyer pass complete to 7-Donald Smith to DAL 28 for 11 yards. Tackle by 52-Robert Vang. 7-Donald Smith made a great move on the CB.</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>DAL 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DAL 28 (2:06) 21-Peter Hopkins ran to DAL 35 for 7 yards. Tackle by 39-Murray Wood.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
@@ -2231,51 +2231,51 @@
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>