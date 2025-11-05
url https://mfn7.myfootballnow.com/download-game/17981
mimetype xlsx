--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -284,78 +284,78 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PIT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-David Root kicks 74 yards from TBY 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>#45 David Nunn - RB</t>
   </si>
   <si>
-    <t>#98 Steven Alexander - WLB</t>
+    <t>#2 Steven Alexander - SS</t>
   </si>
   <si>
     <t>#91 Matthew Shook - WLB</t>
   </si>
   <si>
     <t>#95 Armando Bowie - WLB</t>
   </si>
   <si>
     <t>#51 John Varela - SLB</t>
   </si>
   <si>
     <t>#53 Brandon Fackler - MLB</t>
   </si>
   <si>
     <t>#28 David King - CB</t>
   </si>
   <si>
     <t>#79 Johnny Ayers - SLB</t>
   </si>
   <si>
     <t>#74 Ronald Crawford - LDE</t>
   </si>
   <si>
     <t>#35 Matthew Clark - CB</t>
   </si>
   <si>
-    <t>#21 Robert Brock - FS</t>
+    <t>#21 Robert Brock - WLB</t>
   </si>
   <si>
     <t>#6 David Root - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 2-Alan Hemphill pass complete to 88-Donald Chase to PIT 31 for 6 yards. Tackle by 35-Jeffrey Beach.</t>
   </si>
   <si>
     <t>#2 Alan Hemphill - QB</t>
   </si>
   <si>
     <t>#29 Charles Lewis - RB</t>
   </si>
@@ -365,51 +365,51 @@
   <si>
     <t>#86 Richard Reyes - WR</t>
   </si>
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
     <t>#70 Michael Turbeville - LT</t>
   </si>
   <si>
     <t>#56 Christopher Johnston - LG</t>
   </si>
   <si>
     <t>#76 William Bruce - C</t>
   </si>
   <si>
     <t>#54 James Pineda - RG</t>
   </si>
   <si>
     <t>#62 Charles Lenihan - RT</t>
   </si>
   <si>
     <t>#91 Daniel Ramsey - RDE</t>
   </si>
   <si>
-    <t>#93 Fernando Decosta - MLB</t>
+    <t>#93 Fernando Decosta - RDE</t>
   </si>
   <si>
     <t>#79 Jody Randall - FS</t>
   </si>
   <si>
     <t>#96 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#94 Paul Wyman - CB</t>
   </si>
   <si>
     <t>#36 James Glass - CB</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
     <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
@@ -506,57 +506,57 @@
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 25 (14:00) 14-Jose Davila pass complete to 10-Tony Shaw to TBY 31 for 6 yards. Tackle by 35-Matthew Clark. 10-Tony Shaw breaks down the CB. Pressure by 74-Ronald Crawford. PIT 35-Matthew Clark was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
     <t>#10 Tony Shaw - WR</t>
   </si>
   <si>
     <t>#15 George Harrington - RB</t>
   </si>
   <si>
-    <t>#81 Donald Altman - RB</t>
+    <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#18 John Bonner - WR</t>
   </si>
   <si>
-    <t>#11 Joshua Hartfield - WR</t>
+    <t>#11 Joshua Hartfield - C</t>
   </si>
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#52 Bryan Fraga - DT</t>
   </si>
   <si>
     <t>#92 Christopher Lawson - DT</t>
   </si>
   <si>
     <t>#96 Michael Hendren - RDE</t>
   </si>
   <si>
     <t>#93 Roy Roy - MLB</t>
   </si>
   <si>
     <t>#33 Troy Wesolowski - SS</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
@@ -755,54 +755,54 @@
   <si>
     <t>2-10-PIT 20 (8:12) 14-Jose Davila pass complete to 81-Donald Altman to PIT 7 for 13 yards. Tackle by 21-Robert Brock. Great move by 81-Donald Altman to get free of his coverage.</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>PIT 7</t>
   </si>
   <si>
     <t>1-7-PIT 7 (7:27) 14-Jose Davila pass complete to 10-Travis Palacios to PIT 5 for 2 yards. Tackle by 44-Joe Bond.</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>PIT 5</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-5-PIT 5 (6:52) 14-Jose Davila pass complete to 83-Thomas Bogner for 5 yards. TOUCHDOWN! Pressure by 96-Michael Hendren. PIT 0 TBY 6</t>
   </si>
   <si>
-    <t>#83 Thomas Bogner - WR</t>
-[...2 lines deleted...]
-    <t>#1 Mark Weymouth - WR</t>
+    <t>#13 Thomas Bogner - WR</t>
+  </si>
+  <si>
+    <t>#1 Mark Weymouth - C</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:49) Extra point GOOD by 5-David Root. PIT 0 TBY 7</t>
   </si>
   <si>
     <t>#16 Michael Brennan - QB</t>
   </si>
   <si>
     <t>#40 Milton Gray - C</t>
   </si>
   <si>
     <t>(6:49) 5-David Root kicks 74 yards from TBY 35 to PIT -9. Touchback.</t>
   </si>
@@ -2248,105 +2248,105 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="333.776" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">