--- v1 (2025-11-05)
+++ v2 (2025-11-28)
@@ -368,75 +368,75 @@
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
     <t>#70 Michael Turbeville - LT</t>
   </si>
   <si>
     <t>#56 Christopher Johnston - LG</t>
   </si>
   <si>
     <t>#76 William Bruce - C</t>
   </si>
   <si>
     <t>#54 James Pineda - RG</t>
   </si>
   <si>
     <t>#62 Charles Lenihan - RT</t>
   </si>
   <si>
     <t>#91 Daniel Ramsey - RDE</t>
   </si>
   <si>
     <t>#93 Fernando Decosta - RDE</t>
   </si>
   <si>
-    <t>#79 Jody Randall - FS</t>
+    <t>#79 Jody Randall - SS</t>
   </si>
   <si>
     <t>#96 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#94 Paul Wyman - CB</t>
   </si>
   <si>
-    <t>#36 James Glass - CB</t>
+    <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
     <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - CB</t>
+    <t>#39 Murray Wood - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>2-4-PIT 31 (14:14) 2-Alan Hemphill pass Pass knocked down by 97-Jimmy McKoy. incomplete, intended for 83-Jacob Spohn.</t>
   </si>
   <si>
     <t>#89 Joshua Williams - FB</t>
   </si>
   <si>
     <t>#83 Jacob Spohn - TE</t>
   </si>
   <si>
     <t>#52 Robert Vang - CB</t>
   </si>
   <si>
     <t>#2 Michael Roper - CB</t>
   </si>
@@ -470,81 +470,81 @@
   <si>
     <t>4-4-PIT 31 (14:06) 19-Keith Hemming punts 45 yards to TBY 25. Fair Catch by 24-Joseph Bach.</t>
   </si>
   <si>
     <t>#19 Keith Hemming - P</t>
   </si>
   <si>
     <t>#24 Joseph Bach - WR</t>
   </si>
   <si>
     <t>#65 Jewel Markland - LT</t>
   </si>
   <si>
     <t>#87 Ricky Snyder - CB</t>
   </si>
   <si>
     <t>#70 Steven Gonzales - C</t>
   </si>
   <si>
     <t>#28 Arturo Bieber - C</t>
   </si>
   <si>
     <t>#61 Cory Moss - LT</t>
   </si>
   <si>
-    <t>#38 Travis Danner - RDE</t>
+    <t>#38 Travis Danner - CB</t>
   </si>
   <si>
     <t>#67 Robert Castillo - RG</t>
   </si>
   <si>
     <t>#58 Fred Gray - C</t>
   </si>
   <si>
     <t>#23 James Binion - RB</t>
   </si>
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 25 (14:00) 14-Jose Davila pass complete to 10-Tony Shaw to TBY 31 for 6 yards. Tackle by 35-Matthew Clark. 10-Tony Shaw breaks down the CB. Pressure by 74-Ronald Crawford. PIT 35-Matthew Clark was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
-    <t>#10 Tony Shaw - WR</t>
+    <t>#51 Tony Shaw - WR</t>
   </si>
   <si>
     <t>#15 George Harrington - RB</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#18 John Bonner - WR</t>
   </si>
   <si>
     <t>#11 Joshua Hartfield - C</t>
   </si>
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#52 Bryan Fraga - DT</t>
   </si>
   <si>
     <t>#92 Christopher Lawson - DT</t>
   </si>