--- v2 (2025-11-28)
+++ v3 (2025-12-18)
@@ -503,51 +503,51 @@
   <si>
     <t>#23 James Binion - RB</t>
   </si>
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 25 (14:00) 14-Jose Davila pass complete to 10-Tony Shaw to TBY 31 for 6 yards. Tackle by 35-Matthew Clark. 10-Tony Shaw breaks down the CB. Pressure by 74-Ronald Crawford. PIT 35-Matthew Clark was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
     <t>#51 Tony Shaw - WR</t>
   </si>
   <si>
-    <t>#15 George Harrington - RB</t>
+    <t>#15 George Harrington - WR</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#18 John Bonner - WR</t>
   </si>
   <si>
     <t>#11 Joshua Hartfield - C</t>
   </si>
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#52 Bryan Fraga - DT</t>
   </si>
   <si>
     <t>#92 Christopher Lawson - DT</t>
   </si>
   <si>
     <t>#96 Michael Hendren - RDE</t>
   </si>