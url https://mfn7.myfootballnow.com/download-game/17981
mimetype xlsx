--- v3 (2025-12-18)
+++ v4 (2026-01-25)
@@ -311,51 +311,51 @@
   <si>
     <t>#91 Matthew Shook - WLB</t>
   </si>
   <si>
     <t>#95 Armando Bowie - WLB</t>
   </si>
   <si>
     <t>#51 John Varela - SLB</t>
   </si>
   <si>
     <t>#53 Brandon Fackler - MLB</t>
   </si>
   <si>
     <t>#28 David King - CB</t>
   </si>
   <si>
     <t>#79 Johnny Ayers - SLB</t>
   </si>
   <si>
     <t>#74 Ronald Crawford - LDE</t>
   </si>
   <si>
     <t>#35 Matthew Clark - CB</t>
   </si>
   <si>
-    <t>#21 Robert Brock - WLB</t>
+    <t>#21 Robert Brock - DT</t>
   </si>
   <si>
     <t>#6 David Root - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 2-Alan Hemphill pass complete to 88-Donald Chase to PIT 31 for 6 yards. Tackle by 35-Jeffrey Beach.</t>
   </si>
   <si>
     <t>#2 Alan Hemphill - QB</t>
   </si>
   <si>
     <t>#29 Charles Lewis - RB</t>
   </si>
@@ -368,186 +368,186 @@
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
     <t>#70 Michael Turbeville - LT</t>
   </si>
   <si>
     <t>#56 Christopher Johnston - LG</t>
   </si>
   <si>
     <t>#76 William Bruce - C</t>
   </si>
   <si>
     <t>#54 James Pineda - RG</t>
   </si>
   <si>
     <t>#62 Charles Lenihan - RT</t>
   </si>
   <si>
     <t>#91 Daniel Ramsey - RDE</t>
   </si>
   <si>
     <t>#93 Fernando Decosta - RDE</t>
   </si>
   <si>
-    <t>#79 Jody Randall - SS</t>
-[...2 lines deleted...]
-    <t>#96 Richard Cole - RDE</t>
+    <t>#79 Jody Randall - RDE</t>
+  </si>
+  <si>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#94 Paul Wyman - CB</t>
   </si>
   <si>
     <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
     <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - FS</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>2-4-PIT 31 (14:14) 2-Alan Hemphill pass Pass knocked down by 97-Jimmy McKoy. incomplete, intended for 83-Jacob Spohn.</t>
   </si>
   <si>
     <t>#89 Joshua Williams - FB</t>
   </si>
   <si>
     <t>#83 Jacob Spohn - TE</t>
   </si>
   <si>
     <t>#52 Robert Vang - CB</t>
   </si>
   <si>
     <t>#2 Michael Roper - CB</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - FS</t>
+    <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>3-4-PIT 31 (14:11) 2-Alan Hemphill pass incomplete, dropped by 29-Charles Lewis.</t>
   </si>
   <si>
     <t>#85 Brendan Hunter - TE</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-PIT 31 (14:06) 19-Keith Hemming punts 45 yards to TBY 25. Fair Catch by 24-Joseph Bach.</t>
   </si>
   <si>
     <t>#19 Keith Hemming - P</t>
   </si>
   <si>
     <t>#24 Joseph Bach - WR</t>
   </si>
   <si>
     <t>#65 Jewel Markland - LT</t>
   </si>
   <si>
     <t>#87 Ricky Snyder - CB</t>
   </si>
   <si>
     <t>#70 Steven Gonzales - C</t>
   </si>
   <si>
     <t>#28 Arturo Bieber - C</t>
   </si>
   <si>
     <t>#61 Cory Moss - LT</t>
   </si>
   <si>
-    <t>#38 Travis Danner - CB</t>
+    <t>#38 Travis Danner - LDE</t>
   </si>
   <si>
     <t>#67 Robert Castillo - RG</t>
   </si>
   <si>
     <t>#58 Fred Gray - C</t>
   </si>
   <si>
     <t>#23 James Binion - RB</t>
   </si>
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 25 (14:00) 14-Jose Davila pass complete to 10-Tony Shaw to TBY 31 for 6 yards. Tackle by 35-Matthew Clark. 10-Tony Shaw breaks down the CB. Pressure by 74-Ronald Crawford. PIT 35-Matthew Clark was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
     <t>#51 Tony Shaw - WR</t>
   </si>
   <si>
-    <t>#15 George Harrington - WR</t>
+    <t>#15 George Harrington - RB</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#18 John Bonner - WR</t>
   </si>
   <si>
     <t>#11 Joshua Hartfield - C</t>
   </si>
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#52 Bryan Fraga - DT</t>
   </si>
   <si>
     <t>#92 Christopher Lawson - DT</t>
   </si>
   <si>
     <t>#96 Michael Hendren - RDE</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>13:17</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-4-TBY 31 (13:16) 14-Jose Davila pass incomplete, dropped by 19-Brian Badger. TBY 65-Jewel Markland was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#17 William Bentley - WR</t>
   </si>
   <si>
     <t>#19 Brian Badger - WR</t>
   </si>
   <si>
     <t>#62 Roy Tucker - RG</t>
   </si>
   <si>
-    <t>#65 Arthur Tarleton - LDE</t>
+    <t>#67 Arthur Tarleton - LDE</t>
   </si>
   <si>
     <t>#44 Joe Bond - CB</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-4-TBY 31 (13:12) 14-Jose Davila sacked at TBY 21 for -9 yards (52-Bryan Fraga). Sack allowed by 68-Daniel Ulrey.</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
     <t>#71 Clarence Maurice - RDE</t>
   </si>
   <si>
     <t>#94 John Ray - SLB</t>
   </si>
   <si>
     <t>#34 Robert Frazier - FS</t>
   </si>
@@ -776,51 +776,51 @@
   <si>
     <t>2-5-PIT 5 (6:52) 14-Jose Davila pass complete to 83-Thomas Bogner for 5 yards. TOUCHDOWN! Pressure by 96-Michael Hendren. PIT 0 TBY 6</t>
   </si>
   <si>
     <t>#13 Thomas Bogner - WR</t>
   </si>
   <si>
     <t>#1 Mark Weymouth - C</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:49) Extra point GOOD by 5-David Root. PIT 0 TBY 7</t>
   </si>
   <si>
-    <t>#16 Michael Brennan - QB</t>
+    <t>#6 Michael Brennan - QB</t>
   </si>
   <si>
     <t>#40 Milton Gray - C</t>
   </si>
   <si>
     <t>(6:49) 5-David Root kicks 74 yards from TBY 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>1-10-PIT 25 (6:49) 2-Alan Hemphill pass incomplete, dropped by 88-Donald Chase. The coverage on that play was extremely tight. 36-James Glass got away with a hold on that play.</t>
   </si>
   <si>
     <t>6:45</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-10-PIT 25 (6:46) 45-David Nunn ran to PIT 26 for 1 yards. Tackle by 97-Jimmy McKoy.</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
@@ -2274,51 +2274,51 @@
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>