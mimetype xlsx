--- v4 (2026-01-25)
+++ v5 (2026-02-26)
@@ -410,51 +410,51 @@
   <si>
     <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
     <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>2-4-PIT 31 (14:14) 2-Alan Hemphill pass Pass knocked down by 97-Jimmy McKoy. incomplete, intended for 83-Jacob Spohn.</t>
   </si>
   <si>
     <t>#89 Joshua Williams - FB</t>
   </si>
   <si>
-    <t>#83 Jacob Spohn - TE</t>
+    <t>#83 Jacob Spohn - WR</t>
   </si>
   <si>
     <t>#52 Robert Vang - CB</t>
   </si>
   <si>
     <t>#2 Michael Roper - CB</t>
   </si>
   <si>
     <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>3-4-PIT 31 (14:11) 2-Alan Hemphill pass incomplete, dropped by 29-Charles Lewis.</t>
   </si>
   <si>
     <t>#85 Brendan Hunter - TE</t>
   </si>