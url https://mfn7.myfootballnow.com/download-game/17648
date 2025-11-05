--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -344,72 +344,72 @@
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 16-Douglas Glover ran for 75 yards. TOUCHDOWN! TBY 0 TEN 6</t>
   </si>
   <si>
     <t>#13 Johnny Ceja - QB</t>
   </si>
   <si>
     <t>#16 Douglas Glover - WR</t>
   </si>
   <si>
     <t>#87 Barry Page - FB</t>
   </si>
   <si>
     <t>#10 Gary Pirtle - WR</t>
   </si>
   <si>
-    <t>#5 Earnest Graziano - WR</t>
+    <t>#80 Earnest Graziano - WR</t>
   </si>
   <si>
     <t>#60 James Kesterson - LT</t>
   </si>
   <si>
     <t>#68 Buddy Mar - LG</t>
   </si>
   <si>
     <t>#79 William Jefferson - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#91 Daniel Ramsey - RDE</t>
   </si>
   <si>
-    <t>#47 Robert Martell - SS</t>
+    <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
     <t>#96 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
     <t>#46 Jose Aguilera - FS</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
     <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
     <t>#36 James Glass - CB</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
@@ -428,132 +428,132 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:49) Extra point GOOD by 9-Freddy Till. TBY 0 TEN 7</t>
   </si>
   <si>
     <t>#12 Glenn Robles - P</t>
   </si>
   <si>
     <t>#9 Freddy Till - K</t>
   </si>
   <si>
     <t>#66 Rodney McLean - C</t>
   </si>
   <si>
     <t>#39 Bruce McCarville - RB</t>
   </si>
   <si>
     <t>#67 Carter Gutierrez - RG</t>
   </si>
   <si>
     <t>#75 Juan Prendergast - RT</t>
   </si>
   <si>
-    <t>#93 Fernando Decosta - MLB</t>
+    <t>#93 Fernando Decosta - RDE</t>
   </si>
   <si>
     <t>#33 Jared Jefcoat - LDE</t>
   </si>
   <si>
     <t>#51 Chad Ford - LDE</t>
   </si>
   <si>
     <t>#51 Billy Martinez - RDE</t>
   </si>
   <si>
     <t>#13 Kenneth Neely - CB</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(14:49) 9-Freddy Till kicks 74 yards from TEN 35 to TBY -9. 15-George Harrington to TBY 15 for 25 yards. Tackle by 38-Scott Foster.</t>
   </si>
   <si>
     <t>#15 George Harrington - RB</t>
   </si>
   <si>
     <t>#75 Ronald Healy - C</t>
   </si>
   <si>
-    <t>#83 Thomas Bogner - WR</t>
+    <t>#13 Thomas Bogner - WR</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
-    <t>#1 Mark Weymouth - WR</t>
+    <t>#1 Mark Weymouth - C</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
-    <t>#11 Joshua Hartfield - WR</t>
-[...2 lines deleted...]
-    <t>#81 Donald Altman - RB</t>
+    <t>#11 Joshua Hartfield - C</t>
+  </si>
+  <si>
+    <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#63 Jay Reynolds - C</t>
   </si>
   <si>
     <t>#52 Christopher Griffin - RG</t>
   </si>
   <si>
     <t>14:44</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-TBY 15 (14:45) 14-Jose Davila pass complete to 24-Joseph Bach to TBY 25 for 9 yards. Tackle by 44-Kenneth Sanchez. 24-Joseph Bach made a great move on the CB.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
     <t>#6 David Faulkner - WR</t>
   </si>
   <si>
     <t>#17 William Bentley - WR</t>
   </si>
   <si>
     <t>#24 Joseph Bach - WR</t>
   </si>
   <si>
     <t>#18 John Bonner - WR</t>
   </si>
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
-    <t>#95 Tyrone Priest - LDE</t>
+    <t>#64 Tyrone Priest - LDE</t>
   </si>
   <si>
     <t>#90 Kelly Lemmon - DT</t>
   </si>
   <si>
     <t>#77 Sam Prather - RDE</t>
   </si>
   <si>
     <t>#21 Kyle Hinds - FS</t>
   </si>
   <si>
     <t>#49 Darwin Jadoo - SS</t>
   </si>
   <si>
     <t>#30 Rafael Jensen - CB</t>
   </si>
   <si>
     <t>#35 James Keeley - CB</t>
   </si>
   <si>
     <t>#44 Kenneth Sanchez - CB</t>
   </si>
   <si>
     <t>#41 James Carr - FS</t>
   </si>
@@ -2232,91 +2232,91 @@
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="317.208" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">