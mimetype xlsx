--- v1 (2025-11-05)
+++ v2 (2025-11-28)
@@ -284,78 +284,78 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TEN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Patrick Moll kicks 74 yards from TBY 35 to TEN -9. Touchback.</t>
   </si>
   <si>
     <t>#18 Wesley Thomas - WR</t>
   </si>
   <si>
-    <t>#53 Pedro Lewis - LDE</t>
+    <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>#26 Juan Hardy - FS</t>
   </si>
   <si>
     <t>#98 Jeffery Pate - DT</t>
   </si>
   <si>
     <t>#70 William Jones - DT</t>
   </si>
   <si>
     <t>#26 James Adams - SS</t>
   </si>
   <si>
     <t>#50 Earl Guerra - SLB</t>
   </si>
   <si>
     <t>#99 Frank Carter - MLB</t>
   </si>
   <si>
     <t>#43 Scott Foster - CB</t>
   </si>
   <si>
     <t>#93 Harold Stefanski - RDE</t>
   </si>
   <si>
-    <t>#54 Christopher Guerra - MLB</t>
+    <t>#95 Christopher Guerra - MLB</t>
   </si>
   <si>
     <t>#5 Patrick Moll - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 16-Douglas Glover ran for 75 yards. TOUCHDOWN! TBY 0 TEN 6</t>
   </si>
   <si>
     <t>#13 Johnny Ceja - QB</t>
   </si>
   <si>
     <t>#16 Douglas Glover - WR</t>
   </si>
@@ -383,60 +383,60 @@
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#91 Daniel Ramsey - RDE</t>
   </si>
   <si>
     <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
     <t>#96 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
     <t>#46 Jose Aguilera - FS</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
     <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
-    <t>#36 James Glass - CB</t>
+    <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - CB</t>
+    <t>#39 Murray Wood - FS</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:49) Extra point GOOD by 9-Freddy Till. TBY 0 TEN 7</t>
   </si>
   <si>
     <t>#12 Glenn Robles - P</t>
   </si>
   <si>
     <t>#9 Freddy Till - K</t>
   </si>
   <si>
     <t>#66 Rodney McLean - C</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>TBY 12</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>3-5-TBY 12 (4:56) 13-Johnny Ceja pass incomplete, dropped by 18-Wesley Thomas. Pressure by 91-Daniel Ramsey.</t>
   </si>
   <si>
     <t>#89 John Stephens - WR</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>4-5-TBY 12 (4:52) 9-Freddy Till 30 yard field goal is GOOD. TBY 8 TEN 10</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>(4:50) 9-Freddy Till kicks 69 yards from TEN 35 to TBY -4. 15-George Harrington to TBY 27 for 31 yards. Tackle by 38-Scott Foster.</t>
   </si>
   <si>
-    <t>#38 Travis Danner - RDE</t>
+    <t>#38 Travis Danner - CB</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>1-10-TBY 27 (4:44) 14-Jose Davila pass complete to 11-Joshua Hartfield to TBY 48 for 22 yards.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>TBY 48</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-TBY 48 (4:01) 10-Travis Palacios ran to TEN 50 for 2 yards. Tackle by 34-Juan Hardy.</t>
   </si>
@@ -2251,51 +2251,51 @@
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>