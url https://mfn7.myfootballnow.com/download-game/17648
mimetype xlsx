--- v2 (2025-11-28)
+++ v3 (2025-12-18)
@@ -449,51 +449,51 @@
   <si>
     <t>#75 Juan Prendergast - RT</t>
   </si>
   <si>
     <t>#93 Fernando Decosta - RDE</t>
   </si>
   <si>
     <t>#33 Jared Jefcoat - LDE</t>
   </si>
   <si>
     <t>#51 Chad Ford - LDE</t>
   </si>
   <si>
     <t>#51 Billy Martinez - RDE</t>
   </si>
   <si>
     <t>#13 Kenneth Neely - CB</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(14:49) 9-Freddy Till kicks 74 yards from TEN 35 to TBY -9. 15-George Harrington to TBY 15 for 25 yards. Tackle by 38-Scott Foster.</t>
   </si>
   <si>
-    <t>#15 George Harrington - RB</t>
+    <t>#15 George Harrington - WR</t>
   </si>
   <si>
     <t>#75 Ronald Healy - C</t>
   </si>
   <si>
     <t>#13 Thomas Bogner - WR</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#1 Mark Weymouth - C</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
     <t>#11 Joshua Hartfield - C</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#63 Jay Reynolds - C</t>
   </si>