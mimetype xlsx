--- v3 (2025-12-18)
+++ v4 (2026-01-25)
@@ -368,132 +368,132 @@
   <si>
     <t>#80 Earnest Graziano - WR</t>
   </si>
   <si>
     <t>#60 James Kesterson - LT</t>
   </si>
   <si>
     <t>#68 Buddy Mar - LG</t>
   </si>
   <si>
     <t>#79 William Jefferson - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#91 Daniel Ramsey - RDE</t>
   </si>
   <si>
     <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - FS</t>
+    <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
     <t>#97 Jimmy McKoy - SS</t>
   </si>
   <si>
     <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - FS</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:49) Extra point GOOD by 9-Freddy Till. TBY 0 TEN 7</t>
   </si>
   <si>
     <t>#12 Glenn Robles - P</t>
   </si>
   <si>
     <t>#9 Freddy Till - K</t>
   </si>
   <si>
-    <t>#66 Rodney McLean - C</t>
+    <t>#63 Rodney McLean - C</t>
   </si>
   <si>
     <t>#39 Bruce McCarville - RB</t>
   </si>
   <si>
     <t>#67 Carter Gutierrez - RG</t>
   </si>
   <si>
     <t>#75 Juan Prendergast - RT</t>
   </si>
   <si>
     <t>#93 Fernando Decosta - RDE</t>
   </si>
   <si>
     <t>#33 Jared Jefcoat - LDE</t>
   </si>
   <si>
     <t>#51 Chad Ford - LDE</t>
   </si>
   <si>
-    <t>#51 Billy Martinez - RDE</t>
+    <t>#69 Billy Martinez - RDE</t>
   </si>
   <si>
     <t>#13 Kenneth Neely - CB</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(14:49) 9-Freddy Till kicks 74 yards from TEN 35 to TBY -9. 15-George Harrington to TBY 15 for 25 yards. Tackle by 38-Scott Foster.</t>
   </si>
   <si>
-    <t>#15 George Harrington - WR</t>
+    <t>#15 George Harrington - RB</t>
   </si>
   <si>
     <t>#75 Ronald Healy - C</t>
   </si>
   <si>
     <t>#13 Thomas Bogner - WR</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#1 Mark Weymouth - C</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
     <t>#11 Joshua Hartfield - C</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#63 Jay Reynolds - C</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
     <t>#64 Tyrone Priest - LDE</t>
   </si>
   <si>
     <t>#90 Kelly Lemmon - DT</t>
   </si>
   <si>
     <t>#77 Sam Prather - RDE</t>
   </si>
   <si>
     <t>#21 Kyle Hinds - FS</t>
   </si>
   <si>
     <t>#49 Darwin Jadoo - SS</t>
   </si>
   <si>
     <t>#30 Rafael Jensen - CB</t>
   </si>
   <si>
     <t>#35 James Keeley - CB</t>
   </si>
   <si>
-    <t>#44 Kenneth Sanchez - CB</t>
+    <t>#48 Kenneth Sanchez - CB</t>
   </si>
   <si>
     <t>#41 James Carr - FS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-TBY 25 (14:08) 14-Jose Davila pass Pass knocked down by 30-Rafael Jensen. incomplete, intended for 11-Joshua Hartfield.</t>
   </si>
   <si>
     <t>#70 Steven Gonzales - C</t>
   </si>
   <si>
     <t>#61 Cory Moss - LT</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>TBY 12</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>3-5-TBY 12 (4:56) 13-Johnny Ceja pass incomplete, dropped by 18-Wesley Thomas. Pressure by 91-Daniel Ramsey.</t>
   </si>
   <si>
     <t>#89 John Stephens - WR</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>4-5-TBY 12 (4:52) 9-Freddy Till 30 yard field goal is GOOD. TBY 8 TEN 10</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>(4:50) 9-Freddy Till kicks 69 yards from TEN 35 to TBY -4. 15-George Harrington to TBY 27 for 31 yards. Tackle by 38-Scott Foster.</t>
   </si>
   <si>
-    <t>#38 Travis Danner - CB</t>
+    <t>#38 Travis Danner - LDE</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>1-10-TBY 27 (4:44) 14-Jose Davila pass complete to 11-Joshua Hartfield to TBY 48 for 22 yards.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>TBY 48</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-TBY 48 (4:01) 10-Travis Palacios ran to TEN 50 for 2 yards. Tackle by 34-Juan Hardy.</t>
   </si>
@@ -929,51 +929,51 @@
   <si>
     <t>2-10-TEN 20 (1:08) 2-Michael Roper ran to TEN 21 for -1 yards. Tackle by 49-Darwin Jadoo.</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-11-TEN 21 (0:28) 10-Travis Palacios ran to TEN 18 for 2 yards. Tackle by 93-Harold Stefanski.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>TEN 18</t>
   </si>
   <si>
     <t>4-9-TEN 18 (15:00) 5-Patrick Moll 35 yard field goal is GOOD. TBY 11 TEN 10</t>
   </si>
   <si>
-    <t>#16 Michael Brennan - QB</t>
+    <t>#6 Michael Brennan - QB</t>
   </si>
   <si>
     <t>#40 Milton Gray - C</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>(14:58) 5-Patrick Moll kicks 75 yards from TBY 35 to TEN -10. Touchback.</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>1-10-TEN 25 (14:58) 13-Johnny Ceja pass incomplete, intended for 81-Joseph Green.</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>2-10-TEN 25 (14:55) 80-Cedric Ware ran to TEN 34 for 9 yards. Tackle by 41-Willie Kaufman.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
@@ -2247,55 +2247,55 @@
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>