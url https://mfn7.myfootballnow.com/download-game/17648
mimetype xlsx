--- v4 (2026-01-25)
+++ v5 (2026-02-26)
@@ -338,51 +338,51 @@
   <si>
     <t>#5 Patrick Moll - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 16-Douglas Glover ran for 75 yards. TOUCHDOWN! TBY 0 TEN 6</t>
   </si>
   <si>
     <t>#13 Johnny Ceja - QB</t>
   </si>
   <si>
     <t>#16 Douglas Glover - WR</t>
   </si>
   <si>
-    <t>#87 Barry Page - FB</t>
+    <t>#40 Barry Page - FB</t>
   </si>
   <si>
     <t>#10 Gary Pirtle - WR</t>
   </si>
   <si>
     <t>#80 Earnest Graziano - WR</t>
   </si>
   <si>
     <t>#60 James Kesterson - LT</t>
   </si>
   <si>
     <t>#68 Buddy Mar - LG</t>
   </si>
   <si>
     <t>#79 William Jefferson - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#91 Daniel Ramsey - RDE</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>#12 Glenn Robles - P</t>
   </si>
   <si>
     <t>#9 Freddy Till - K</t>
   </si>
   <si>
     <t>#63 Rodney McLean - C</t>
   </si>
   <si>
     <t>#39 Bruce McCarville - RB</t>
   </si>
   <si>
     <t>#67 Carter Gutierrez - RG</t>
   </si>
   <si>
     <t>#75 Juan Prendergast - RT</t>
   </si>
   <si>
     <t>#93 Fernando Decosta - RDE</t>
   </si>
   <si>
     <t>#33 Jared Jefcoat - LDE</t>
   </si>
   <si>
-    <t>#51 Chad Ford - LDE</t>
+    <t>#72 Chad Ford - LDE</t>
   </si>
   <si>
     <t>#69 Billy Martinez - RDE</t>
   </si>
   <si>
     <t>#13 Kenneth Neely - CB</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(14:49) 9-Freddy Till kicks 74 yards from TEN 35 to TBY -9. 15-George Harrington to TBY 15 for 25 yards. Tackle by 38-Scott Foster.</t>
   </si>
   <si>
     <t>#15 George Harrington - RB</t>
   </si>
   <si>
     <t>#75 Ronald Healy - C</t>
   </si>
   <si>
     <t>#13 Thomas Bogner - WR</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>