--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -533,51 +533,51 @@
   <si>
     <t>#64 Tyrone Priest - LDE</t>
   </si>
   <si>
     <t>#90 Kelly Lemmon - DT</t>
   </si>
   <si>
     <t>#77 Sam Prather - RDE</t>
   </si>
   <si>
     <t>#21 Kyle Hinds - FS</t>
   </si>
   <si>
     <t>#49 Darwin Jadoo - SS</t>
   </si>
   <si>
     <t>#30 Rafael Jensen - CB</t>
   </si>
   <si>
     <t>#35 James Keeley - CB</t>
   </si>
   <si>
     <t>#48 Kenneth Sanchez - CB</t>
   </si>
   <si>
-    <t>#41 James Carr - FS</t>
+    <t>#2 James Carr - CB</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-TBY 25 (14:08) 14-Jose Davila pass Pass knocked down by 30-Rafael Jensen. incomplete, intended for 11-Joshua Hartfield.</t>
   </si>
   <si>
     <t>#70 Steven Gonzales - C</t>
   </si>
   <si>
     <t>#61 Cory Moss - LT</t>
   </si>
   <si>
     <t>#62 Roy Tucker - RG</t>
   </si>