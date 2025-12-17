--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -365,96 +365,96 @@
   <si>
     <t>#82 James McKinney - TE</t>
   </si>
   <si>
     <t>#11 Michael Kuehn - WR</t>
   </si>
   <si>
     <t>#67 Michael Fegan - LT</t>
   </si>
   <si>
     <t>#66 Jacob Guillotte - LG</t>
   </si>
   <si>
     <t>#63 Billy Noble - C</t>
   </si>
   <si>
     <t>#65 Carl Steele - RG</t>
   </si>
   <si>
     <t>#54 James Ogle - RT</t>
   </si>
   <si>
     <t>#72 Ernie Cobos - LDE</t>
   </si>
   <si>
-    <t>#97 James Irvin - RDE</t>
+    <t>#50 James Irvin - RDE</t>
   </si>
   <si>
     <t>#56 Troy Grissom - DT</t>
   </si>
   <si>
     <t>#93 Jeffrey Dugger - DT</t>
   </si>
   <si>
     <t>#50 Robert Long - RDE</t>
   </si>
   <si>
     <t>#43 Aldo Mack - SLB</t>
   </si>
   <si>
     <t>#45 Robert Riddle - MLB</t>
   </si>
   <si>
     <t>#90 Ryan Holland - WLB</t>
   </si>
   <si>
     <t>#24 Cory Cuccia - CB</t>
   </si>
   <si>
     <t>#27 Andrew Uribe - SS</t>
   </si>
   <si>
-    <t>#36 Philip Wilson - SS</t>
+    <t>#42 Philip Wilson - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>DET 40</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-DET 40 (14:18) 12-Thomas Mone pass complete to 26-John Newell to DET 42 for 2 yards. Tackle by 24-Cory Cuccia.</t>
   </si>
   <si>
-    <t>#11 Conrad Harris - WR</t>
+    <t>#86 Conrad Harris - WR</t>
   </si>
   <si>
     <t>#35 George Stokes - FS</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>DET 42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-8-DET 42 (13:45) 12-Thomas Mone pass incomplete, intended for 18-Michael Kuehn.</t>
   </si>
   <si>
     <t>#42 Patrick Pulido - RB</t>
   </si>
   <si>
     <t>#17 Carl Przybylski - WR</t>
   </si>
@@ -470,84 +470,84 @@
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-8-DET 42 (13:42) 20-Rodger Potter ran to DET 48 for 6 yards. Tackle by 27-Andrew Uribe.</t>
   </si>
   <si>
     <t>#46 Jaime Lanham - RB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>DET 48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-DET 48 (13:03) 8-Charles Deleon punts 42 yards to ATL 10.</t>
   </si>
   <si>
-    <t>#8 Charles Deleon - P</t>
+    <t>#7 Charles Deleon - P</t>
   </si>
   <si>
     <t>#86 David Loya - WR</t>
   </si>
   <si>
     <t>#52 Edward Kingery - SLB</t>
   </si>
   <si>
     <t>#64 Charles McGarity - DT</t>
   </si>
   <si>
     <t>#62 John Anderson - C</t>
   </si>
   <si>
     <t>#74 John Gonzalez - RT</t>
   </si>
   <si>
     <t>#91 John Pratt - MLB</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>ATL 10</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-ATL 10 (12:55) 38-Jerry Velez ran to ATL 9 for -1 yards. Tackle by 52-James Elliott.</t>
   </si>
   <si>
-    <t>#2 Josh Alford - QB</t>
+    <t>#9 Josh Alford - QB</t>
   </si>
   <si>
     <t>#38 Jerry Velez - RB</t>
   </si>
   <si>
     <t>#83 Anthony Byrnes - TE</t>
   </si>
   <si>
     <t>#88 Danny Ealey - WR</t>
   </si>
   <si>
     <t>#16 Andrew Jones - WR</t>
   </si>
   <si>
     <t>#67 Brant Blackburn - LT</t>
   </si>
   <si>
     <t>#73 Luis Jessie - LG</t>
   </si>
   <si>
     <t>#69 Tommy Perez - C</t>
   </si>
   <si>
     <t>#65 Jamey Jefcoat - RG</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>ATL 43</t>
   </si>
   <si>
     <t>3-13-ATL 43 (4:27) 12-Thomas Mone pass complete to 11-Conrad Harris to ATL 36 for 8 yards. Tackle by 45-Robert Riddle.</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
   <si>
     <t>ATL 36</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-ATL 36 (3:40) 16-Michael Brummett 54 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#4 Pat Meyer - QB</t>
   </si>
   <si>
-    <t>#16 Michael Brummett - K</t>
+    <t>#13 Michael Brummett - K</t>
   </si>
   <si>
     <t>#64 Carl Kendrick - LDE</t>
   </si>
   <si>
     <t>#42 Jeffrey Peterson - MLB</t>
   </si>
   <si>
     <t>#76 Chuck Latta - RDE</t>
   </si>
   <si>
     <t>#92 Vicente Benton - WLB</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-ATL 43 (3:36) 38-Jerry Velez ran to ATL 41 for -2 yards. Tackle by 73-Dillon Suarez. DET 52-James Elliott was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1472,51 +1472,51 @@
   <si>
     <t>1-10-DET 44 (4:34) 38-Jerry Velez ran to DET 40 for 4 yards. Tackle by 24-Ronald Nielsen.</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>2-6-DET 40 (3:52) 2-Josh Alford pass incomplete, dropped by 85-Anthony Byrnes.</t>
   </si>
   <si>
     <t>3:48</t>
   </si>
   <si>
     <t>3-6-DET 40 (3:49) 38-Jerry Velez ran to DET 28 for 12 yards. Tackle by 44-Larry Larson.</t>
   </si>
   <si>
     <t>3:06</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-DET 28 (3:05) 30-Paul Martin ran to DET 30 for -2 yards. Tackle by 58-Manuel Bright.</t>
   </si>
   <si>
-    <t>#29 William Stier - RB</t>
+    <t>#24 William Stier - RB</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>2-12-DET 30 (2:20) 2-Josh Alford pass complete to 85-Anthony Byrnes to DET 22 for 8 yards. Tackle by 58-Manuel Bright.</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>3-3-DET 22 (1:46) 38-Jerry Velez ran to DET 21 for 1 yards. Tackle by 50-Lawrence Macias.</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>4-2-DET 21 (1:08) 3-Eduardo Swain 38 yard field goal is GOOD. ATL 3 DET 10</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>(1:05) 3-Eduardo Swain kicks 71 yards from ATL 35 to DET -6. Touchback.</t>
   </si>