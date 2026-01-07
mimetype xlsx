--- v1 (2025-12-17)
+++ v2 (2026-01-07)
@@ -392,51 +392,51 @@
   <si>
     <t>#56 Troy Grissom - DT</t>
   </si>
   <si>
     <t>#93 Jeffrey Dugger - DT</t>
   </si>
   <si>
     <t>#50 Robert Long - RDE</t>
   </si>
   <si>
     <t>#43 Aldo Mack - SLB</t>
   </si>
   <si>
     <t>#45 Robert Riddle - MLB</t>
   </si>
   <si>
     <t>#90 Ryan Holland - WLB</t>
   </si>
   <si>
     <t>#24 Cory Cuccia - CB</t>
   </si>
   <si>
     <t>#27 Andrew Uribe - SS</t>
   </si>
   <si>
-    <t>#42 Philip Wilson - SS</t>
+    <t>#38 Philip Wilson - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>DET 40</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-DET 40 (14:18) 12-Thomas Mone pass complete to 26-John Newell to DET 42 for 2 yards. Tackle by 24-Cory Cuccia.</t>
   </si>
   <si>
     <t>#86 Conrad Harris - WR</t>
   </si>
   <si>
     <t>#35 George Stokes - FS</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
@@ -968,51 +968,51 @@
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB3 Blitz</t>
   </si>
   <si>
     <t>2-15-ATL 36 (10:29) 2-Josh Alford pass complete to 88-Danny Ealey to ATL 42 for 7 yards.</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>3-9-ATL 42 (9:46) 38-Jerry Velez ran to DET 47 for 11 yards. Tackle by 30-Jeffrey Wheeler.</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>DET 47</t>
   </si>
   <si>
     <t>1-10-DET 47 (9:11) 2-Josh Alford pass complete to 19-David Loya to DET 42 for 5 yards. Tackle by 30-Jeffrey Wheeler. ATL 66-Derrick Obrien was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#30 Paul Martin - RB</t>
+    <t>#6 Paul Martin - RB</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-5-DET 42 (8:28) 2-Josh Alford pass Pass knocked down by 30-Jeffrey Wheeler. incomplete, intended for 19-David Loya.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>3-5-DET 42 (8:24) 2-Josh Alford sacked at DET 49 for -7 yards (73-Dillon Suarez). Sack allowed by 85-Anthony Byrnes.</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>DET 49</t>
   </si>
   <si>
     <t>4-12-DET 49 (7:48) 13-Timothy Collins punts 39 yards to DET 10.</t>
   </si>