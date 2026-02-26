--- v2 (2026-01-07)
+++ v3 (2026-02-26)
@@ -284,144 +284,144 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DET has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Eduardo Swain kicks 74 yards from ATL 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#20 Rodger Potter - RB</t>
   </si>
   <si>
-    <t>#61 Frederick Borkowski - DT</t>
+    <t>#53 Frederick Borkowski - DT</t>
   </si>
   <si>
     <t>#77 Todd Cobb - RDE</t>
   </si>
   <si>
     <t>#73 Dillon Suarez - LDE</t>
   </si>
   <si>
     <t>#57 Todd Littrell - MLB</t>
   </si>
   <si>
     <t>#50 Lawrence Macias - LDE</t>
   </si>
   <si>
-    <t>#53 Rodney Walston - WLB</t>
+    <t>#90 Rodney Walston - WLB</t>
   </si>
   <si>
     <t>#92 Manuel Bright - MLB</t>
   </si>
   <si>
     <t>#52 James Elliott - WLB</t>
   </si>
   <si>
     <t>#59 Ismael Brown - RDE</t>
   </si>
   <si>
     <t>#91 Guy Gagne - RDE</t>
   </si>
   <si>
     <t>#3 Eduardo Swain - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 12-Thomas Mone pass complete to 82-James McKinney to DET 40 for 15 yards. Tackle by 36-Philip Wilson.</t>
   </si>
   <si>
     <t>#12 Thomas Mone - QB</t>
   </si>
   <si>
     <t>#26 John Newell - FB</t>
   </si>
   <si>
     <t>#81 Robert Davis - TE</t>
   </si>
   <si>
     <t>#82 James McKinney - TE</t>
   </si>
   <si>
     <t>#11 Michael Kuehn - WR</t>
   </si>
   <si>
     <t>#67 Michael Fegan - LT</t>
   </si>
   <si>
-    <t>#66 Jacob Guillotte - LG</t>
+    <t>#53 Jacob Guillotte - LG</t>
   </si>
   <si>
     <t>#63 Billy Noble - C</t>
   </si>
   <si>
     <t>#65 Carl Steele - RG</t>
   </si>
   <si>
     <t>#54 James Ogle - RT</t>
   </si>
   <si>
     <t>#72 Ernie Cobos - LDE</t>
   </si>
   <si>
     <t>#50 James Irvin - RDE</t>
   </si>
   <si>
     <t>#56 Troy Grissom - DT</t>
   </si>
   <si>
     <t>#93 Jeffrey Dugger - DT</t>
   </si>
   <si>
     <t>#50 Robert Long - RDE</t>
   </si>
   <si>
-    <t>#43 Aldo Mack - SLB</t>
+    <t>#50 Aldo Mack - SLB</t>
   </si>
   <si>
     <t>#45 Robert Riddle - MLB</t>
   </si>
   <si>
     <t>#90 Ryan Holland - WLB</t>
   </si>
   <si>
     <t>#24 Cory Cuccia - CB</t>
   </si>
   <si>
     <t>#27 Andrew Uribe - SS</t>
   </si>
   <si>
     <t>#38 Philip Wilson - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>DET 40</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>ATL 10</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-ATL 10 (12:55) 38-Jerry Velez ran to ATL 9 for -1 yards. Tackle by 52-James Elliott.</t>
   </si>
   <si>
     <t>#9 Josh Alford - QB</t>
   </si>
   <si>
     <t>#38 Jerry Velez - RB</t>
   </si>
   <si>
     <t>#83 Anthony Byrnes - TE</t>
   </si>
   <si>
     <t>#88 Danny Ealey - WR</t>
   </si>
   <si>
     <t>#16 Andrew Jones - WR</t>
   </si>
   <si>
-    <t>#67 Brant Blackburn - LT</t>
+    <t>#60 Brant Blackburn - LT</t>
   </si>
   <si>
     <t>#73 Luis Jessie - LG</t>
   </si>
   <si>
     <t>#69 Tommy Perez - C</t>
   </si>
   <si>
     <t>#65 Jamey Jefcoat - RG</t>
   </si>
   <si>
     <t>#67 Derrick Obrien - RT</t>
   </si>
   <si>
     <t>#49 Jeffrey Wheeler - CB</t>
   </si>
   <si>
     <t>#94 Glenn Robinson - SLB</t>
   </si>
   <si>
     <t>#90 Joel Baugh - MLB</t>
   </si>
   <si>
     <t>#24 Ronald Nielsen - FS</t>
   </si>
@@ -995,51 +995,51 @@
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-5-DET 42 (8:28) 2-Josh Alford pass Pass knocked down by 30-Jeffrey Wheeler. incomplete, intended for 19-David Loya.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>3-5-DET 42 (8:24) 2-Josh Alford sacked at DET 49 for -7 yards (73-Dillon Suarez). Sack allowed by 85-Anthony Byrnes.</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>DET 49</t>
   </si>
   <si>
     <t>4-12-DET 49 (7:48) 13-Timothy Collins punts 39 yards to DET 10.</t>
   </si>
   <si>
-    <t>#78 Robert Kelly - RG</t>
+    <t>#66 Robert Kelly - RG</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>1-10-DET 10 (7:38) 20-Rodger Potter ran to DET 11 for 1 yards. Tackle by 36-Philip Wilson.</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>DET 11</t>
   </si>
   <si>
     <t>2-9-DET 11 (7:04) 20-Rodger Potter ran to DET 24 for 12 yards. Tackle by 36-Philip Wilson. DET 20-Rodger Potter was injured on the play. He looks like he should be able to return. ATL 45-Robert Riddle was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>DET 24</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -1154,51 +1154,51 @@
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>ATL 18</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-10-ATL 18 (1:07) 38-Jerry Velez ran to ATL 23 for 4 yards. Tackle by 58-Manuel Bright.</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>ATL 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-6-ATL 23 (0:33) 38-Jerry Velez ran to ATL 21 for -2 yards. Tackle by 44-Larry Larson.</t>
   </si>
   <si>
-    <t>#89 Heriberto Allen - TE</t>
+    <t>#84 Heriberto Allen - TE</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>(15:00) 16-Michael Brummett kicks 74 yards from DET 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) PENALTY - False Start (ATL 38-Jerry Velez)</t>
   </si>
   <si>
     <t>ATL 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-15-ATL 20 (15:00) 2-Josh Alford pass Pass knocked down by 52-James Elliott. incomplete, intended for 38-Jerry Velez.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
@@ -1520,51 +1520,51 @@
   <si>
     <t>(1:05) 3-Eduardo Swain kicks 71 yards from ATL 35 to DET -6. Touchback.</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-DET 25 (1:05) 20-Rodger Potter ran to DET 23 for -2 yards. Tackle by 45-Robert Riddle.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>DET 23</t>
   </si>
   <si>
     <t>2-12-DET 23 (0:29) 20-Rodger Potter ran to DET 25 for 1 yards. Tackle by 45-Robert Riddle. DET 65-Carl Steele was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>3-10-DET 25 (15:00) 12-Thomas Mone pass complete to 42-Patrick Pulido to DET 26 for 1 yards. Tackle by 24-Cory Cuccia.</t>
   </si>
   <si>
-    <t>#68 Nicholas Arnold - RG</t>
+    <t>#72 Nicholas Arnold - RT</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>DET 26</t>
   </si>
   <si>
     <t>4-9-DET 26 (14:22) 8-Charles Deleon punts 51 yards to ATL 24. 19-David Loya to ATL 33 for 9 yards. Tackle by 79-Carl Kendrick. 52-Edward Kingery totally missed that block.</t>
   </si>
   <si>
     <t>ATL 33</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-ATL 33 (14:14) 38-Jerry Velez ran to ATL 38 for 5 yards. Tackle by 51-Micheal Hagins.</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>ATL 38</t>
   </si>