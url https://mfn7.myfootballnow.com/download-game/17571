--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DET has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Eduardo Swain kicks 74 yards from ATL 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#20 Rodger Potter - RB</t>
   </si>
   <si>
-    <t>#53 Frederick Borkowski - DT</t>
+    <t>#90 Frederick Borkowski - RDE</t>
   </si>
   <si>
     <t>#77 Todd Cobb - RDE</t>
   </si>
   <si>
     <t>#73 Dillon Suarez - LDE</t>
   </si>
   <si>
     <t>#57 Todd Littrell - MLB</t>
   </si>
   <si>
     <t>#50 Lawrence Macias - LDE</t>
   </si>
   <si>
     <t>#90 Rodney Walston - WLB</t>
   </si>
   <si>
     <t>#92 Manuel Bright - MLB</t>
   </si>
   <si>
     <t>#52 James Elliott - WLB</t>
   </si>
   <si>
     <t>#59 Ismael Brown - RDE</t>
   </si>
@@ -2193,93 +2193,93 @@
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="369.196" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>