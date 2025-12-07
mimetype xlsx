--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -332,84 +332,84 @@
   <si>
     <t>#31 Ray Flaherty - CB</t>
   </si>
   <si>
     <t>#54 Ricky Simeone - SLB</t>
   </si>
   <si>
     <t>#8 Juan Kincaid - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Charles Moore ran to NYN 24 for -1 yards. Tackle by 53-Lee Bateman. WAS 77-Harry Maldonado was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#6 Milton Ulloa - QB</t>
+    <t>#8 Milton Ulloa - QB</t>
   </si>
   <si>
     <t>#33 James Silver - RB</t>
   </si>
   <si>
     <t>#19 Christopher Mendoza - WR</t>
   </si>
   <si>
     <t>#87 Irwin Elias - WR</t>
   </si>
   <si>
     <t>#1 Malik Nabers - WR</t>
   </si>
   <si>
-    <t>#77 Kenneth Stevens - LT</t>
+    <t>#57 Kenneth Stevens - LT</t>
   </si>
   <si>
     <t>#68 Joe Alt - LG</t>
   </si>
   <si>
     <t>#67 Whitney Fennell - C</t>
   </si>
   <si>
     <t>#69 Jon Runyan - RG</t>
   </si>
   <si>
     <t>#74 Juan Smith - RT</t>
   </si>
   <si>
     <t>#61 Alfredo Mitchell - LDE</t>
   </si>
   <si>
-    <t>#95 Michael McClain - DT</t>
+    <t>#72 Michael McClain - DT</t>
   </si>
   <si>
     <t>#77 Harry Maldonado - RDE</t>
   </si>
   <si>
     <t>#53 Lee Bateman - SLB</t>
   </si>
   <si>
     <t>#57 Dennis Burns - MLB</t>
   </si>
   <si>
     <t>#52 Guy Zamora - WLB</t>
   </si>
   <si>
     <t>#23 Marion Sheehan - CB</t>
   </si>
   <si>
     <t>#47 Bennie Burley - CB</t>
   </si>
   <si>
     <t>#33 Bart Nelson - FS</t>
   </si>
   <si>
     <t>#28 Jose Muller - SS</t>
   </si>
@@ -656,51 +656,51 @@
   <si>
     <t>#89 John Hamilton - TE</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-WAS 25 (8:50) PENALTY - False Start (WAS 58-Raymond Wilhelm)</t>
   </si>
   <si>
     <t>#17 Jack Prather - QB</t>
   </si>
   <si>
     <t>#31 John Patterson - RB</t>
   </si>
   <si>
     <t>#87 Adam Millard - TE</t>
   </si>
   <si>
-    <t>#14 Roger Coker - WR</t>
+    <t>#84 Roger Coker - WR</t>
   </si>
   <si>
     <t>#85 Nicholas McGraw - WR</t>
   </si>
   <si>
     <t>#82 Alfred Cook - WR</t>
   </si>
   <si>
     <t>#56 Lorenzo Floyd - RT</t>
   </si>
   <si>
     <t>#72 Jeffery Patton - LG</t>
   </si>
   <si>
     <t>#50 Raymond Wilhelm - C</t>
   </si>
   <si>
     <t>#63 William Jimenez - RG</t>
   </si>
   <si>
     <t>#73 Jim Saleem - RG</t>
   </si>
   <si>
     <t>#98 Jason Beck - DT</t>
   </si>
@@ -896,51 +896,51 @@
   <si>
     <t>#43 William Bowden - CB</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>WAS 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-5-WAS 30 (1:33) 31-John Patterson ran to WAS 33 for 3 yards. Tackle by 29-Richard Watson.</t>
   </si>
   <si>
     <t>#20 Willie Smiley - FB</t>
   </si>
   <si>
     <t>#88 William Bushnell - TE</t>
   </si>
   <si>
-    <t>#95 George Jones - DT</t>
+    <t>#62 George Jones - DT</t>
   </si>
   <si>
     <t>0:52</t>
   </si>
   <si>
     <t>WAS 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-2-WAS 33 (0:51) 31-John Patterson ran to WAS 38 for 5 yards. Tackle by 54-Ricky Simeone.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>WAS 38</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-WAS 38 (0:18) 17-Jack Prather pass complete to 14-Roger Coker to NYN 0 for 62 yards. TOUCHDOWN! WAS 63-William Jimenez was injured on the play. He looks like he should be able to return. NYN 98-Jason Beck was injured on the play. He looks like he should be able to return. NYN 10 WAS 6</t>
   </si>
@@ -1013,51 +1013,51 @@
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>3-2-WAS 49 (13:47) 6-Milton Ulloa pass incomplete, dropped by 19-Christopher Mendoza. Pressure by 68-Alfredo Mitchell.</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>4-2-WAS 49 (13:41) 2-Claude Cohen punts 40 yards to WAS 9. WAS 68-Alfredo Mitchell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-WAS 9 (13:31) 17-Jack Prather sacked at WAS 2 for -7 yards (37-Donald Maberry). Sack allowed by 42-Anthony Taylor.</t>
   </si>
   <si>
     <t>#65 Robert Lauderdale - RG</t>
   </si>
   <si>
-    <t>#45 Charles Demps - FS</t>
+    <t>#42 Charles Demps - FS</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>WAS 2</t>
   </si>
   <si>
     <t>2-17-WAS 2 (12:54) 31-John Patterson ran to WAS 2 for a short loss. Tackle by 79-George Jones.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-17-WAS 2 (12:14) 17-Jack Prather sacked at WAS -8 for -10 yards (99-Son Chasteen). Sack allowed by 65-Robert Lauderdale. SAFETY! (99-Son Chasteen) NYN 12 WAS 6</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>(12:11) 8-Juan Kincaid kicks 77 yards from WAS 20 to NYN 3. 30-Charles Moore to NYN 33 for 30 yards. Tackle by 23-Marion Sheehan. WAS 53-Lee Bateman was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1103,81 +1103,81 @@
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>WAS 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-WAS 45 (10:46) 31-John Patterson ran to WAS 44 for -1 yards. Tackle by 54-Ricky Simeone.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>WAS 44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-11-WAS 44 (10:02) 17-Jack Prather pass complete to 22-Tommy Perea to NYN 44 for 12 yards. Tackle by 37-Donald Maberry.</t>
   </si>
   <si>
-    <t>#22 Tommy Perea - RB</t>
+    <t>#33 Tommy Perea - RB</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-NYN 44 (9:22) 31-John Patterson ran to NYN 40 for 4 yards. 31-John Patterson FUMBLES (31-Tyler Banks) recovered by NYN-55-Michael Toler to NYN 38 for -2 yards. Tackle by 63-William Jimenez.</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>NYN 38</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-NYN 38 (9:17) 6-Milton Ulloa pass complete to 15-George McCray to NYN 39 for 1 yards. Tackle by 95-Michael McClain.</t>
   </si>
   <si>
-    <t>#15 George McCray - WR</t>
+    <t>#13 George McCray - WR</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>NYN 39</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-NYN 39 (8:34) 6-Milton Ulloa pass complete to 1-Malik Nabers to WAS 26 for 35 yards. Pushed out of bounds by 47-Bennie Burley. Nice job by 1-Malik Nabers on that route to lose his coverage.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>WAS 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>