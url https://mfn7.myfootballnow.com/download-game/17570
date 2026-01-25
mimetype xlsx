--- v1 (2025-12-07)
+++ v2 (2026-01-25)
@@ -308,123 +308,123 @@
   <si>
     <t>#99 Son Chasteen - DT</t>
   </si>
   <si>
     <t>#28 Michael Toler - SS</t>
   </si>
   <si>
     <t>#31 Tyler Banks - CB</t>
   </si>
   <si>
     <t>#95 Larry Rosales - LDE</t>
   </si>
   <si>
     <t>#57 David Radcliffe - WLB</t>
   </si>
   <si>
     <t>#73 Morton Nelson - RDE</t>
   </si>
   <si>
     <t>#58 Bobby Okeke - SLB</t>
   </si>
   <si>
     <t>#57 William Smith - RDE</t>
   </si>
   <si>
-    <t>#31 Ray Flaherty - CB</t>
+    <t>#35 Ray Flaherty - CB</t>
   </si>
   <si>
     <t>#54 Ricky Simeone - SLB</t>
   </si>
   <si>
     <t>#8 Juan Kincaid - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Charles Moore ran to NYN 24 for -1 yards. Tackle by 53-Lee Bateman. WAS 77-Harry Maldonado was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 Milton Ulloa - QB</t>
   </si>
   <si>
     <t>#33 James Silver - RB</t>
   </si>
   <si>
     <t>#19 Christopher Mendoza - WR</t>
   </si>
   <si>
     <t>#87 Irwin Elias - WR</t>
   </si>
   <si>
     <t>#1 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#57 Kenneth Stevens - LT</t>
   </si>
   <si>
     <t>#68 Joe Alt - LG</t>
   </si>
   <si>
-    <t>#67 Whitney Fennell - C</t>
+    <t>#78 Whitney Fennell - C</t>
   </si>
   <si>
     <t>#69 Jon Runyan - RG</t>
   </si>
   <si>
     <t>#74 Juan Smith - RT</t>
   </si>
   <si>
     <t>#61 Alfredo Mitchell - LDE</t>
   </si>
   <si>
     <t>#72 Michael McClain - DT</t>
   </si>
   <si>
     <t>#77 Harry Maldonado - RDE</t>
   </si>
   <si>
     <t>#53 Lee Bateman - SLB</t>
   </si>
   <si>
     <t>#57 Dennis Burns - MLB</t>
   </si>
   <si>
     <t>#52 Guy Zamora - WLB</t>
   </si>
   <si>
-    <t>#23 Marion Sheehan - CB</t>
+    <t>#37 Marion Sheehan - CB</t>
   </si>
   <si>
     <t>#47 Bennie Burley - CB</t>
   </si>
   <si>
     <t>#33 Bart Nelson - FS</t>
   </si>
   <si>
     <t>#28 Jose Muller - SS</t>
   </si>
   <si>
     <t>#40 Craig Downey - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>NYN 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -605,126 +605,126 @@
   <si>
     <t>WAS 12</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-11-WAS 12 (9:35) 6-Milton Ulloa pass complete to 88-Jimmy Kemp to WAS 6 for 5 yards. Tackle by 53-Lee Bateman.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>WAS 6</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-WAS 6 (8:52) 3-Thomas Logan 25 yard field goal is GOOD. NYN 3 WAS 0</t>
   </si>
   <si>
-    <t>#2 Claude Cohen - P</t>
-[...2 lines deleted...]
-    <t>#3 Thomas Logan - K</t>
+    <t>#7 Claude Cohen - P</t>
+  </si>
+  <si>
+    <t>#10 Thomas Logan - K</t>
   </si>
   <si>
     <t>#73 Evan Neal - LT</t>
   </si>
   <si>
     <t>#94 Joshua Lewis - MLB</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(8:50) 3-Thomas Logan kicks 75 yards from NYN 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>#35 Merrill Merritt - RB</t>
   </si>
   <si>
     <t>#58 Darrell Parrish - WLB</t>
   </si>
   <si>
     <t>#89 John Hamilton - TE</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-WAS 25 (8:50) PENALTY - False Start (WAS 58-Raymond Wilhelm)</t>
   </si>
   <si>
     <t>#17 Jack Prather - QB</t>
   </si>
   <si>
-    <t>#31 John Patterson - RB</t>
-[...2 lines deleted...]
-    <t>#87 Adam Millard - TE</t>
+    <t>#21 John Patterson - RB</t>
+  </si>
+  <si>
+    <t>#85 Adam Millard - TE</t>
   </si>
   <si>
     <t>#84 Roger Coker - WR</t>
   </si>
   <si>
     <t>#85 Nicholas McGraw - WR</t>
   </si>
   <si>
     <t>#82 Alfred Cook - WR</t>
   </si>
   <si>
     <t>#56 Lorenzo Floyd - RT</t>
   </si>
   <si>
     <t>#72 Jeffery Patton - LG</t>
   </si>
   <si>
     <t>#50 Raymond Wilhelm - C</t>
   </si>
   <si>
     <t>#63 William Jimenez - RG</t>
   </si>
   <si>
     <t>#73 Jim Saleem - RG</t>
   </si>
   <si>
-    <t>#98 Jason Beck - DT</t>
+    <t>#56 Jason Beck - DT</t>
   </si>
   <si>
     <t>#41 Dave Betts - CB</t>
   </si>
   <si>
     <t>#29 Richard Watson - CB</t>
   </si>
   <si>
     <t>#37 Donald Maberry - SS</t>
   </si>
   <si>
     <t>WAS 20</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-15-WAS 20 (8:50) 31-John Patterson ran to WAS 22 for 2 yards. Tackle by 99-Son Chasteen.</t>
   </si>
   <si>
     <t>#42 Anthony Taylor - FB</t>
   </si>
@@ -1013,51 +1013,51 @@
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>3-2-WAS 49 (13:47) 6-Milton Ulloa pass incomplete, dropped by 19-Christopher Mendoza. Pressure by 68-Alfredo Mitchell.</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>4-2-WAS 49 (13:41) 2-Claude Cohen punts 40 yards to WAS 9. WAS 68-Alfredo Mitchell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-WAS 9 (13:31) 17-Jack Prather sacked at WAS 2 for -7 yards (37-Donald Maberry). Sack allowed by 42-Anthony Taylor.</t>
   </si>
   <si>
     <t>#65 Robert Lauderdale - RG</t>
   </si>
   <si>
-    <t>#42 Charles Demps - FS</t>
+    <t>#93 Charles Demps - SLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>WAS 2</t>
   </si>
   <si>
     <t>2-17-WAS 2 (12:54) 31-John Patterson ran to WAS 2 for a short loss. Tackle by 79-George Jones.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-17-WAS 2 (12:14) 17-Jack Prather sacked at WAS -8 for -10 yards (99-Son Chasteen). Sack allowed by 65-Robert Lauderdale. SAFETY! (99-Son Chasteen) NYN 12 WAS 6</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>(12:11) 8-Juan Kincaid kicks 77 yards from WAS 20 to NYN 3. 30-Charles Moore to NYN 33 for 30 yards. Tackle by 23-Marion Sheehan. WAS 53-Lee Bateman was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -2335,68 +2335,68 @@
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>