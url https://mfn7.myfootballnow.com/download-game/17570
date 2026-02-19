--- v2 (2026-01-25)
+++ v3 (2026-02-19)
@@ -359,51 +359,51 @@
   <si>
     <t>#33 James Silver - RB</t>
   </si>
   <si>
     <t>#19 Christopher Mendoza - WR</t>
   </si>
   <si>
     <t>#87 Irwin Elias - WR</t>
   </si>
   <si>
     <t>#1 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#57 Kenneth Stevens - LT</t>
   </si>
   <si>
     <t>#68 Joe Alt - LG</t>
   </si>
   <si>
     <t>#78 Whitney Fennell - C</t>
   </si>
   <si>
     <t>#69 Jon Runyan - RG</t>
   </si>
   <si>
-    <t>#74 Juan Smith - RT</t>
+    <t>#72 Juan Smith - RT</t>
   </si>
   <si>
     <t>#61 Alfredo Mitchell - LDE</t>
   </si>
   <si>
     <t>#72 Michael McClain - DT</t>
   </si>
   <si>
     <t>#77 Harry Maldonado - RDE</t>
   </si>
   <si>
     <t>#53 Lee Bateman - SLB</t>
   </si>
   <si>
     <t>#57 Dennis Burns - MLB</t>
   </si>
   <si>
     <t>#52 Guy Zamora - WLB</t>
   </si>
   <si>
     <t>#37 Marion Sheehan - CB</t>
   </si>
   <si>
     <t>#47 Bennie Burley - CB</t>
   </si>
@@ -416,51 +416,51 @@
   <si>
     <t>#40 Craig Downey - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>NYN 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-11-NYN 24 (14:21) 6-Milton Ulloa pass complete to 88-Jimmy Kemp to NYN 31 for 7 yards. Tackle by 52-Guy Zamora.</t>
   </si>
   <si>
     <t>#86 Brett Nance - TE</t>
   </si>
   <si>
     <t>#88 Jimmy Kemp - TE</t>
   </si>
   <si>
-    <t>#93 Riley Love - DT</t>
+    <t>#54 Riley Love - DT</t>
   </si>
   <si>
     <t>#95 William Vance - DT</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>NYN 31</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-4-NYN 31 (13:45) 33-James Silver ran to NYN 31 for -1 yards. Tackle by 99-Dennis Burns. PENALTY - Offsides (WAS 53-Lee Bateman)</t>
   </si>
   <si>
     <t>#82 Jay Smith - TE</t>
   </si>
   <si>
     <t>#64 Jacob Zwick - LDE</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NYN 36 (13:44) 6-Milton Ulloa pass complete to 88-Jimmy Kemp to NYN 48 for 12 yards. Tackle by 28-Jose Muller. NYN 74-Juan Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>NYN 48</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-NYN 48 (13:00) 33-James Silver ran to WAS 47 for 5 yards. Tackle by 64-Jacob Zwick.</t>
   </si>
   <si>
     <t>#27 Lonnie Stewart - RB</t>
   </si>
   <si>
-    <t>#60 David Miller - RG</t>
+    <t>#62 David Miller - RG</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>WAS 47</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-5-WAS 47 (12:20) PENALTY - False Start (NYN 68-Joe Alt)</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Zone Rotate Weak</t>
   </si>