--- v3 (2026-02-19)
+++ v4 (2026-03-26)
@@ -419,51 +419,51 @@
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>NYN 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-11-NYN 24 (14:21) 6-Milton Ulloa pass complete to 88-Jimmy Kemp to NYN 31 for 7 yards. Tackle by 52-Guy Zamora.</t>
   </si>
   <si>
     <t>#86 Brett Nance - TE</t>
   </si>
   <si>
     <t>#88 Jimmy Kemp - TE</t>
   </si>
   <si>
     <t>#54 Riley Love - DT</t>
   </si>
   <si>
-    <t>#95 William Vance - DT</t>
+    <t>#59 William Vance - DT</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>NYN 31</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-4-NYN 31 (13:45) 33-James Silver ran to NYN 31 for -1 yards. Tackle by 99-Dennis Burns. PENALTY - Offsides (WAS 53-Lee Bateman)</t>
   </si>
   <si>
     <t>#82 Jay Smith - TE</t>
   </si>
   <si>
     <t>#64 Jacob Zwick - LDE</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NYN 36 (13:44) 6-Milton Ulloa pass complete to 88-Jimmy Kemp to NYN 48 for 12 yards. Tackle by 28-Jose Muller. NYN 74-Juan Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>NYN 48</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-NYN 48 (13:00) 33-James Silver ran to WAS 47 for 5 yards. Tackle by 64-Jacob Zwick.</t>
   </si>
   <si>
     <t>#27 Lonnie Stewart - RB</t>
   </si>
   <si>
-    <t>#62 David Miller - RG</t>
+    <t>#63 David Miller - RG</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>WAS 47</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-5-WAS 47 (12:20) PENALTY - False Start (NYN 68-Joe Alt)</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Zone Rotate Weak</t>
   </si>