--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -548,96 +548,96 @@
   <si>
     <t>#96 Cecil Bridges - LDE</t>
   </si>
   <si>
     <t>#52 Eric Hansen - MLB</t>
   </si>
   <si>
     <t>#23 Ralph Daves - CB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-PHI 21 (12:58) 42-Todd Taylor ran to PHI 38 for 17 yards. Tackle by 48-Ralph Daves.</t>
   </si>
   <si>
     <t>#12 Rudy Hernandez - WR</t>
   </si>
   <si>
-    <t>#32 Jim Lopes - FS</t>
+    <t>#25 Jim Lopes - FS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>PHI 38</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-PHI 38 (12:14) 42-Todd Taylor ran to PHI 44 for 6 yards. Tackle by 58-Eugene Fleisher. CIN 58-Eugene Fleisher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>PHI 44</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-4-PHI 44 (11:34) 15-Colin Fite pass complete to 18-John Gavin to PHI 47 for 3 yards. Tackle by 48-Ralph Daves.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>PHI 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>3-1-PHI 47 (10:51) 42-Todd Taylor ran to PHI 45 for -2 yards. Tackle by 98-Charles Flores.</t>
   </si>
   <si>
-    <t>#89 Leonard Ware - TE</t>
-[...2 lines deleted...]
-    <t>#98 Charles Flores - MLB</t>
+    <t>#80 Leonard Ware - TE</t>
+  </si>
+  <si>
+    <t>#55 Charles Flores - MLB</t>
   </si>
   <si>
     <t>#92 Nicholas Hills - WLB</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>PHI 45</t>
   </si>
   <si>
     <t>4-3-PHI 45 (10:09) 7-Lloyd Wallace punts 45 yards to CIN 10. Fair Catch by 88-Robert Bryant.</t>
   </si>
   <si>
     <t>#10 Lloyd Wallace - P</t>
   </si>
   <si>
     <t>#62 Larry Maresca - C</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>CIN 10</t>
   </si>
@@ -842,51 +842,51 @@
   <si>
     <t>2-1-PHI 1 (0:58) 30-Jason Lacey ran to PHI 0 for 1 yards. TOUCHDOWN! CIN 6 PHI 0</t>
   </si>
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>PHI 15</t>
   </si>
   <si>
     <t>(0:56) Extra point GOOD by 1-Ronald Duran. CIN 7 PHI 0</t>
   </si>
   <si>
     <t>#1 Ronald Duran - K</t>
   </si>
   <si>
     <t>#79 Julio Richards - RG</t>
   </si>
   <si>
     <t>#72 Frederick Abbott - RDE</t>
   </si>
   <si>
     <t>#54 Ervin Rathburn - DT</t>
   </si>
   <si>
-    <t>#53 William Blackburn - MLB</t>
+    <t>#76 William Blackburn - RDE</t>
   </si>
   <si>
     <t>(0:56) 1-Ronald Duran kicks 75 yards from CIN 35 to PHI -10. Touchback.</t>
   </si>
   <si>
     <t>#86 Billy Mick - WR</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (0:56) 15-Colin Fite pass complete to 85-Daniel Feller to CIN 32 for 43 yards. Tackle by 48-Ralph Daves.</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>CIN 32</t>
   </si>
   <si>
     <t>1-10-CIN 32 (0:08) 15-Colin Fite pass Pass knocked down by 38-Robert Murphy. incomplete, intended for 89-Leonard Ware.</t>
   </si>