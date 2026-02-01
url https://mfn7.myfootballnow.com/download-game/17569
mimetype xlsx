--- v1 (2026-01-02)
+++ v2 (2026-02-01)
@@ -308,51 +308,51 @@
   <si>
     <t>#93 Eugene Fleisher - LDE</t>
   </si>
   <si>
     <t>#39 Jorge Wendler - CB</t>
   </si>
   <si>
     <t>#95 Charles Hernandez - DT</t>
   </si>
   <si>
     <t>#99 Stanley Winston - DT</t>
   </si>
   <si>
     <t>#24 Benny Hill - SS</t>
   </si>
   <si>
     <t>#52 Harold Armstrong - MLB</t>
   </si>
   <si>
     <t>#75 Kurt Davis - RDE</t>
   </si>
   <si>
     <t>#93 Charles Frazier - WLB</t>
   </si>
   <si>
-    <t>#12 William McElvain - WR</t>
+    <t>#81 William McElvain - WR</t>
   </si>
   <si>
     <t>#33 Randy Lee - CB</t>
   </si>
   <si>
     <t>#4 James Adkins - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 44-Ronald Mireles ran to CIN 26 for 1 yards. Tackle by 90-Freddie Long.</t>
   </si>
   <si>
     <t>#44 Ronald Mireles - RB</t>
   </si>
@@ -368,60 +368,60 @@
   <si>
     <t>#89 Robert Jackson - TE</t>
   </si>
   <si>
     <t>#66 Edgar Lemon - LT</t>
   </si>
   <si>
     <t>#59 Steven Edson - LG</t>
   </si>
   <si>
     <t>#60 Joseph Sands - C</t>
   </si>
   <si>
     <t>#63 Michael Crawford - RG</t>
   </si>
   <si>
     <t>#78 Willie Ferris - RT</t>
   </si>
   <si>
     <t>#98 Paul Noonkester - LDE</t>
   </si>
   <si>
     <t>#55 Wayne James - RDE</t>
   </si>
   <si>
-    <t>#96 Freddie Long - DT</t>
+    <t>#93 Freddie Long - DT</t>
   </si>
   <si>
     <t>#60 Armando Chaparro - DT</t>
   </si>
   <si>
     <t>#63 Pedro Gahagan - RDE</t>
   </si>
   <si>
-    <t>#96 Cornelius Parra - SLB</t>
+    <t>#98 Cornelius Parra - SLB</t>
   </si>
   <si>
     <t>#99 Timothy Quillen - MLB</t>
   </si>
   <si>
     <t>#93 Christopher Jameson - WLB</t>
   </si>
   <si>
     <t>#27 Billy Weaver - CB</t>
   </si>
   <si>
     <t>#47 Justin Elson - CB</t>
   </si>
   <si>
     <t>#48 Leon Cannon - SS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>CIN 26</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
@@ -896,51 +896,51 @@
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>2-10-CIN 32 (0:04) 15-Colin Fite pass complete to 12-Rudy Hernandez to CIN 2 for 31 yards. Tackle by 33-Randy Lee.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>CIN 2</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-2-CIN 2 (15:00) 42-Todd Taylor ran to CIN 1 for a short gain. Tackle by 96-Cecil Bridges. CIN 99-Stanley Winston was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#11 Peter Beggs - WR</t>
+    <t>#19 Peter Beggs - WR</t>
   </si>
   <si>
     <t>#83 Brad Smith - WR</t>
   </si>
   <si>
     <t>CIN 1</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-1-CIN 1 (14:25) 42-Todd Taylor ran to CIN 1 for a short gain. Tackle by 93-Charles Frazier.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>3-1-CIN 1 (13:41) 42-Todd Taylor ran for 1 yards. TOUCHDOWN! CIN 7 PHI 6</t>
   </si>