--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -308,54 +308,54 @@
   <si>
     <t>#34 Robert Frazier - FS</t>
   </si>
   <si>
     <t>#28 David King - CB</t>
   </si>
   <si>
     <t>#53 Brandon Fackler - MLB</t>
   </si>
   <si>
     <t>#74 Ronald Crawford - LDE</t>
   </si>
   <si>
     <t>#35 Matthew Clark - CB</t>
   </si>
   <si>
     <t>#51 John Varela - SLB</t>
   </si>
   <si>
     <t>#95 Armando Bowie - WLB</t>
   </si>
   <si>
     <t>#79 Johnny Ayers - SLB</t>
   </si>
   <si>
-    <t>#98 Steven Alexander - WLB</t>
-[...2 lines deleted...]
-    <t>#21 Robert Brock - FS</t>
+    <t>#2 Steven Alexander - SS</t>
+  </si>
+  <si>
+    <t>#21 Robert Brock - WLB</t>
   </si>
   <si>
     <t>#4 David Hanson - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 45-David Nunn ran to PIT 30 for 5 yards. Tackle by 32-Steven Coleman.</t>
   </si>
   <si>
     <t>#2 Alan Hemphill - QB</t>
   </si>
   <si>
     <t>#89 Joshua Williams - FB</t>
   </si>
@@ -371,51 +371,51 @@
   <si>
     <t>#60 Andrew Griffith - LT</t>
   </si>
   <si>
     <t>#73 James Ulrich - LG</t>
   </si>
   <si>
     <t>#58 Fred Gray - C</t>
   </si>
   <si>
     <t>#55 Julio Brooks - RG</t>
   </si>
   <si>
     <t>#64 Trevor Perea - RT</t>
   </si>
   <si>
     <t>#66 Harold Bruns - LDE</t>
   </si>
   <si>
     <t>#53 Jose Hyde - DT</t>
   </si>
   <si>
     <t>#69 Paul Seale - DT</t>
   </si>
   <si>
-    <t>#91 Gerald Terwilliger - RDE</t>
+    <t>#75 Gerald Terwilliger - RDE</t>
   </si>
   <si>
     <t>#51 Darrell Schacht - MLB</t>
   </si>
   <si>
     <t>#95 Christopher Berg - WLB</t>
   </si>
   <si>
     <t>#25 Fred Reeves - CB</t>
   </si>
   <si>
     <t>#48 Michael Lee - FS</t>
   </si>
   <si>
     <t>#22 Joseph Harris - SS</t>
   </si>
   <si>
     <t>#32 Steven Coleman - SS</t>
   </si>
   <si>
     <t>#43 Jacques Haggard - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
@@ -473,51 +473,51 @@
   <si>
     <t>#43 David Richardson - RB</t>
   </si>
   <si>
     <t>#16 Julio Fletcher - WR</t>
   </si>
   <si>
     <t>#54 James Pineda - RG</t>
   </si>
   <si>
     <t>#56 Otto Williams - WLB</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-6-NED 35 (12:21) 45-David Nunn ran to NED 35 for a short loss. Tackle by 94-Harry McCormick. 83-Jacob Spohn completely missed his blocking assignment.</t>
   </si>
   <si>
-    <t>#90 Chad Clinton - LDE</t>
+    <t>#97 Chad Clinton - LDE</t>
   </si>
   <si>
     <t>#94 Harry McCormick - MLB</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-6-NED 35 (11:39) 45-David Nunn ran to NED 29 for 7 yards. Tackle by 52-Christopher Berg.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>NED 29</t>
   </si>
   <si>
     <t>1-10-NED 29 (11:01) 2-Alan Hemphill pass complete to 83-Jacob Spohn to NED 21 for 8 yards. Tackle by 40-Lloyd Juhasz.</t>
   </si>
@@ -2230,74 +2230,74 @@
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>