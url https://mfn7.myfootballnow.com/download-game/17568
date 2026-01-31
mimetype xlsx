--- v1 (2026-01-01)
+++ v2 (2026-01-31)
@@ -311,114 +311,114 @@
   <si>
     <t>#28 David King - CB</t>
   </si>
   <si>
     <t>#53 Brandon Fackler - MLB</t>
   </si>
   <si>
     <t>#74 Ronald Crawford - LDE</t>
   </si>
   <si>
     <t>#35 Matthew Clark - CB</t>
   </si>
   <si>
     <t>#51 John Varela - SLB</t>
   </si>
   <si>
     <t>#95 Armando Bowie - WLB</t>
   </si>
   <si>
     <t>#79 Johnny Ayers - SLB</t>
   </si>
   <si>
     <t>#2 Steven Alexander - SS</t>
   </si>
   <si>
-    <t>#21 Robert Brock - WLB</t>
+    <t>#21 Robert Brock - DT</t>
   </si>
   <si>
     <t>#4 David Hanson - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 45-David Nunn ran to PIT 30 for 5 yards. Tackle by 32-Steven Coleman.</t>
   </si>
   <si>
     <t>#2 Alan Hemphill - QB</t>
   </si>
   <si>
     <t>#89 Joshua Williams - FB</t>
   </si>
   <si>
     <t>#14 Bradford Smith - WR</t>
   </si>
   <si>
     <t>#86 Richard Reyes - WR</t>
   </si>
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
-    <t>#60 Andrew Griffith - LT</t>
+    <t>#69 Andrew Griffith - LT</t>
   </si>
   <si>
     <t>#73 James Ulrich - LG</t>
   </si>
   <si>
     <t>#58 Fred Gray - C</t>
   </si>
   <si>
-    <t>#55 Julio Brooks - RG</t>
+    <t>#66 Julio Brooks - RT</t>
   </si>
   <si>
     <t>#64 Trevor Perea - RT</t>
   </si>
   <si>
     <t>#66 Harold Bruns - LDE</t>
   </si>
   <si>
     <t>#53 Jose Hyde - DT</t>
   </si>
   <si>
     <t>#69 Paul Seale - DT</t>
   </si>
   <si>
     <t>#75 Gerald Terwilliger - RDE</t>
   </si>
   <si>
-    <t>#51 Darrell Schacht - MLB</t>
+    <t>#97 Darrell Schacht - MLB</t>
   </si>
   <si>
     <t>#95 Christopher Berg - WLB</t>
   </si>
   <si>
     <t>#25 Fred Reeves - CB</t>
   </si>
   <si>
     <t>#48 Michael Lee - FS</t>
   </si>
   <si>
     <t>#22 Joseph Harris - SS</t>
   </si>
   <si>
     <t>#32 Steven Coleman - SS</t>
   </si>
   <si>
     <t>#43 Jacques Haggard - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>PIT 30</t>
   </si>
@@ -596,51 +596,51 @@
   <si>
     <t>7:45</t>
   </si>
   <si>
     <t>NED 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:46) Extra point GOOD by 5-Michael Turner. NED 0 PIT 7</t>
   </si>
   <si>
     <t>#19 Keith Hemming - P</t>
   </si>
   <si>
     <t>#5 Michael Turner - K</t>
   </si>
   <si>
     <t>#76 William Bruce - C</t>
   </si>
   <si>
-    <t>#93 Michael Woodard - LDE</t>
+    <t>#94 Michael Woodard - LDE</t>
   </si>
   <si>
     <t>#61 Charles Stanley - DT</t>
   </si>
   <si>
     <t>(7:46) 5-Michael Turner kicks 66 yards from PIT 35 to NED -1. Touchback.</t>
   </si>
   <si>
     <t>#30 Daniel Wilson - RB</t>
   </si>
   <si>
     <t>#73 Jeremiah Trammell - LG</t>
   </si>
   <si>
     <t>#64 Brian Grisham - DT</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
@@ -653,78 +653,78 @@
   <si>
     <t>#47 Cole Woodruff - RB</t>
   </si>
   <si>
     <t>#33 Leonard Wallace - FB</t>
   </si>
   <si>
     <t>#81 Michael Cyr - TE</t>
   </si>
   <si>
     <t>#12 Jeffrey Flynn - WR</t>
   </si>
   <si>
     <t>#70 Nicholas Maple - LT</t>
   </si>
   <si>
     <t>#60 Horace Blackmer - C</t>
   </si>
   <si>
     <t>#78 Phil Tejada - RG</t>
   </si>
   <si>
     <t>#60 Jon Anderson - RT</t>
   </si>
   <si>
-    <t>#65 Arthur Tarleton - LDE</t>
+    <t>#67 Arthur Tarleton - LDE</t>
   </si>
   <si>
     <t>#92 Christopher Lawson - DT</t>
   </si>
   <si>
     <t>#71 Clarence Maurice - RDE</t>
   </si>
   <si>
     <t>#67 Carl Webster - RDE</t>
   </si>
   <si>
     <t>#33 Troy Wesolowski - SS</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>NED 31</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-NED 31 (7:43) 30-Daniel Wilson ran to NED 29 for -2 yards. Tackle by 51-John Varela.</t>
   </si>
   <si>
-    <t>#88 Danny Jackson - WR</t>
+    <t>#89 Danny Jackson - WR</t>
   </si>
   <si>
     <t>#84 Mark Richards - WR</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-12-NED 29 (6:58) 18-James Hay pass incomplete, dropped by 30-Daniel Wilson.</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-12-NED 29 (6:56) 18-James Hay sacked at NED 22 for -7 yards (74-Ronald Crawford). Sack allowed by 55-Jon Anderson.</t>
   </si>
@@ -1247,51 +1247,51 @@
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>(1:18) Extra point GOOD by 4-David Hanson. NED 7 PIT 14</t>
   </si>
   <si>
     <t>#79 Keith Woodson - RG</t>
   </si>
   <si>
     <t>(1:18) 4-David Hanson kicks 62 yards from NED 35 to PIT 3. 45-David Nunn for 98yards. TOUCHDOWN! NED 40-Lloyd Juhasz was injured on the play. He looks like he should be able to return. NED 7 PIT 20</t>
   </si>
   <si>
     <t>1:02</t>
   </si>
   <si>
     <t>(1:03) Extra point by 5-Michael Turner is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>(1:03) 5-Michael Turner kicks 75 yards from PIT 35 to NED -10. Touchback.</t>
   </si>
   <si>
-    <t>#97 Michael Elliott - DT</t>
+    <t>#57 Michael Elliott - DT</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-NED 25 (1:03) 30-Daniel Wilson ran to NED 23 for -2 yards. Tackle by 65-Arthur Tarleton.</t>
   </si>
   <si>
     <t>#24 Fred Sparks - SLB</t>
   </si>
   <si>
     <t>#94 John Ray - SLB</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>NED 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-12-NED 23 (0:24) 30-Daniel Wilson ran to NED 26 for 3 yards. Tackle by 21-Robert Brock.</t>
   </si>