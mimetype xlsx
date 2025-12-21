--- v0 (2025-10-20)
+++ v1 (2025-12-21)
@@ -308,51 +308,51 @@
   <si>
     <t>#92 Charles Hutcherson - DT</t>
   </si>
   <si>
     <t>#99 John Williams - DT</t>
   </si>
   <si>
     <t>#55 Thomas Boone - RDE</t>
   </si>
   <si>
     <t>#24 Ronald Henry - FS</t>
   </si>
   <si>
     <t>#94 Peter Ringler - DT</t>
   </si>
   <si>
     <t>#58 Christopher Guardado - WLB</t>
   </si>
   <si>
     <t>#21 Donald Deal - CB</t>
   </si>
   <si>
     <t>#56 Larry Turner - MLB</t>
   </si>
   <si>
-    <t>#50 Lawrence Guan - SLB</t>
+    <t>#95 Lawrence Guan - SLB</t>
   </si>
   <si>
     <t>#79 Douglas Shelby - LDE</t>
   </si>
   <si>
     <t>#5 William Turner - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 25 (15:00) 7-Jose Lopez pass Pass knocked down by 32-Vernon Kaufman. incomplete, intended for 16-James Coster.</t>
   </si>
   <si>
     <t>#7 Jose Lopez - QB</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#92 Tyrell Norris - LDE</t>
   </si>
   <si>
     <t>#97 Dustin Cooper - DT</t>
   </si>
   <si>
     <t>#94 Louis Campbell - DT</t>
   </si>
   <si>
     <t>#98 Carlos McKelvey - RDE</t>
   </si>
   <si>
     <t>#56 Kevin Adkins - SLB</t>
   </si>
   <si>
     <t>#58 Bobby Collins - MLB</t>
   </si>
   <si>
     <t>#51 Lamar Coleman - WLB</t>
   </si>
   <si>
     <t>#21 Jeremiah Greene - CB</t>
   </si>
   <si>
-    <t>#20 Norman Dietz - CB</t>
+    <t>#46 Norman Dietz - CB</t>
   </si>
   <si>
     <t>#18 Peter Livingston - SS</t>
   </si>
   <si>
     <t>#32 Vernon Kaufman - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-10-NYA 25 (14:58) 7-Jose Lopez pass complete to 34-Nathan Haynes to NYA 47 for 22 yards.</t>
   </si>
   <si>
     <t>#25 Stephen Nystrom - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
@@ -545,117 +545,117 @@
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>OAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:47) Extra point GOOD by 3-John Blodgett. NYA 7 OAK 0</t>
   </si>
   <si>
     <t>#1 William Gray - P</t>
   </si>
   <si>
     <t>#3 John Blodgett - K</t>
   </si>
   <si>
     <t>#60 Mark Glover - LT</t>
   </si>
   <si>
-    <t>#71 Marc Arellano - RG</t>
+    <t>#67 Marc Arellano - RG</t>
   </si>
   <si>
     <t>#61 Scot Esquivel - C</t>
   </si>
   <si>
     <t>#93 Harold Hunter - LDE</t>
   </si>
   <si>
     <t>#38 Frank Whited - CB</t>
   </si>
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>(10:47) 3-John Blodgett kicks 75 yards from NYA 35 to OAK -10. Touchback.</t>
   </si>
   <si>
     <t>#80 Neil Sweeney - WR</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (10:47) 4-William Holley pass Pass knocked down by 21-Donald Deal. incomplete, intended for 17-Keith Begay.</t>
   </si>
   <si>
     <t>#4 William Holley - QB</t>
   </si>
   <si>
     <t>#23 Steven Davis - RB</t>
   </si>
   <si>
-    <t>#88 Robert Ruiz - TE</t>
+    <t>#88 Robert Ruiz - WR</t>
   </si>
   <si>
     <t>#17 Keith Begay - WR</t>
   </si>
   <si>
     <t>#83 Jeremy Lenhart - WR</t>
   </si>
   <si>
     <t>#12 Mark Johnson - WR</t>
   </si>
   <si>
     <t>#77 Joseph Plata - LT</t>
   </si>
   <si>
     <t>#63 Jose Jackson - LG</t>
   </si>
   <si>
-    <t>#71 James Steib - C</t>
+    <t>#54 James Steib - C</t>
   </si>
   <si>
     <t>#65 Gregory Powley - RG</t>
   </si>
   <si>
     <t>#75 Alex Rita - RT</t>
   </si>
   <si>
     <t>#95 Wilmer Bowman - DT</t>
   </si>
   <si>
-    <t>#25 Louis Sampson - CB</t>
+    <t>#39 Louis Sampson - CB</t>
   </si>
   <si>
     <t>#22 Edward Clayton - CB</t>
   </si>
   <si>
     <t>#35 Brad Kollar - SS</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-OAK 25 (10:45) 23-Steven Davis ran to OAK 46 for 21 yards. Tackle by 95-Wilmer Bowman.</t>
   </si>
   <si>
     <t>#31 Joseph Peters - RB</t>
   </si>
   <si>
     <t>#38 Richard Sigmund - FB</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>NYA 15</t>
   </si>
   <si>
     <t>1-10-NYA 15 (7:04) 29-Lester Burton ran to NYA 14 for 2 yards. Tackle by 50-Lawrence Guan.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>NYA 14</t>
   </si>
   <si>
     <t>2-8-NYA 14 (6:22) 23-Steven Davis ran to NYA 0 for 14 yards. TOUCHDOWN! OAK 65-Gregory Powley was injured on the play. He looks like he should be able to return. NYA 7 OAK 6</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>(6:17) Extra point GOOD by 5-William Turner. NYA 73-Charles Hutcherson was injured on the play. He looks like he should be able to return. NYA 7 OAK 7</t>
   </si>
   <si>
-    <t>#70 Scott Blackstock - LT</t>
+    <t>#70 Scott Blackstock - RT</t>
   </si>
   <si>
     <t>#69 Larry Adams - LT</t>
   </si>
   <si>
     <t>#62 Jason Haywood - LG</t>
   </si>
   <si>
     <t>(6:17) 5-William Turner kicks 75 yards from OAK 35 to NYA -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 25 (6:17) 7-Jose Lopez pass Pass knocked down by 21-Jeremiah Greene. incomplete, intended for 34-Nathan Haynes. Pressure by 98-Carlos McKelvey.</t>
   </si>
   <si>
     <t>6:12</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>NYA 26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-NYA 26 (5:34) 1-William Gray punts 46 yards to OAK 28. 10-Neil Sweeney to OAK 36 for 9 yards. Tackle by 51-Jean Miller.</t>
   </si>
   <si>
     <t>5:24</t>
   </si>
   <si>
     <t>OAK 36</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 36 (5:25) 4-William Holley pass Pass knocked down by 96-Larry Turner. incomplete, intended for 85-Robert Ruiz.</t>
   </si>
   <si>
-    <t>#60 Ellis Ackman - RG</t>
+    <t>#72 Ellis Ackman - RT</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-OAK 36 (5:23) 4-William Holley pass Pass knocked down by 21-Donald Deal. incomplete, intended for 17-Keith Begay. Pressure by 58-Christopher Guardado. PENALTY - Pass Interference (NYA 50-Lawrence Guan)</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>OAK 42</t>
   </si>
   <si>
     <t>1-10-OAK 42 (5:17) 4-William Holley pass complete to 17-Keith Begay to OAK 43 for 1 yards. Tackle by 58-Christopher Guardado.</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
@@ -1412,51 +1412,51 @@
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-3-OAK 48 (10:46) 7-Jose Lopez sacked at NYA 43 for -9 yards (98-Carlos McKelvey). Sack allowed by 68-Jeffrey Lewis.</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>NYA 43</t>
   </si>
   <si>
     <t>3-12-NYA 43 (10:11) 7-Jose Lopez pass INTERCEPTED by 58-Bobby Collins at NYA 46. 58-Bobby Collins to NYA 43 for 4 yards. 58-Bobby Collins FUMBLES (48-Peter Holtz) recovered by NYA-68-Jeffrey Lewis at NYA 44. Tackle by 55-Kevin Adkins. OAK 32-Vernon Kaufman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>NYA 44</t>
   </si>
   <si>
     <t>1-10-NYA 44 (10:06) 7-Jose Lopez pass incomplete, dropped by 15-Cameron Cavin.</t>
   </si>
   <si>
-    <t>#15 Cameron Cavin - WR</t>
+    <t>#14 Cameron Cavin - WR</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-10-NYA 44 (10:03) 34-Nathan Haynes ran to OAK 43 for 13 yards. Tackle by 18-Peter Livingston.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>1-10-OAK 43 (9:18) 7-Jose Lopez pass incomplete, intended for 34-Nathan Haynes.</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>2-10-OAK 43 (9:15) 45-Justin Black ran to OAK 39 for 4 yards. Tackle by 25-Stephen Nystrom. OAK 25-Stephen Nystrom was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:30</t>
   </si>