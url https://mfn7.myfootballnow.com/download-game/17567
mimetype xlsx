--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -359,87 +359,87 @@
   <si>
     <t>#34 Nathan Haynes - RB</t>
   </si>
   <si>
     <t>#80 Larry Manley - TE</t>
   </si>
   <si>
     <t>#82 Michel Robinson - WR</t>
   </si>
   <si>
     <t>#16 James Coster - WR</t>
   </si>
   <si>
     <t>#86 David Lamar - WR</t>
   </si>
   <si>
     <t>#68 Jeffrey Lewis - LT</t>
   </si>
   <si>
     <t>#51 Jean Miller - LG</t>
   </si>
   <si>
     <t>#61 Jesse Candelaria - C</t>
   </si>
   <si>
-    <t>#72 Manuel Barrett - RG</t>
-[...2 lines deleted...]
-    <t>#69 Frank Muniz - LT</t>
+    <t>#79 Manuel Barrett - RG</t>
+  </si>
+  <si>
+    <t>#76 Frank Muniz - LT</t>
   </si>
   <si>
     <t>#92 Tyrell Norris - LDE</t>
   </si>
   <si>
     <t>#97 Dustin Cooper - DT</t>
   </si>
   <si>
-    <t>#94 Louis Campbell - DT</t>
+    <t>#58 Louis Campbell - DT</t>
   </si>
   <si>
     <t>#98 Carlos McKelvey - RDE</t>
   </si>
   <si>
     <t>#56 Kevin Adkins - SLB</t>
   </si>
   <si>
-    <t>#58 Bobby Collins - MLB</t>
+    <t>#57 Bobby Collins - MLB</t>
   </si>
   <si>
     <t>#51 Lamar Coleman - WLB</t>
   </si>
   <si>
     <t>#21 Jeremiah Greene - CB</t>
   </si>
   <si>
     <t>#46 Norman Dietz - CB</t>
   </si>
   <si>
     <t>#18 Peter Livingston - SS</t>
   </si>
   <si>
-    <t>#32 Vernon Kaufman - FS</t>
+    <t>#32 Vernon Kaufman - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-10-NYA 25 (14:58) 7-Jose Lopez pass complete to 34-Nathan Haynes to NYA 47 for 22 yards.</t>
   </si>
   <si>
     <t>#25 Stephen Nystrom - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>NYA 47</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-10-OAK 41 (12:10) 34-Nathan Haynes ran to OAK 31 for 9 yards. Tackle by 58-Bobby Collins.</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>OAK 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>3-1-OAK 31 (11:28) 45-Justin Black ran to OAK 28 for 3 yards. Tackle by 51-Lamar Coleman.</t>
   </si>
   <si>
     <t>#98 Brian Kuster - SLB</t>
   </si>
   <si>
-    <t>#26 Ricky Cole - SS</t>
+    <t>#26 Ricky Cole - FS</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>OAK 28</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-OAK 28 (10:52) 7-Jose Lopez pass complete to 16-James Coster for 28 yards. TOUCHDOWN! NYA 6 OAK 0</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>OAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>