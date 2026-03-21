--- v2 (2026-01-20)
+++ v3 (2026-03-21)
@@ -395,51 +395,51 @@
   <si>
     <t>#58 Louis Campbell - DT</t>
   </si>
   <si>
     <t>#98 Carlos McKelvey - RDE</t>
   </si>
   <si>
     <t>#56 Kevin Adkins - SLB</t>
   </si>
   <si>
     <t>#57 Bobby Collins - MLB</t>
   </si>
   <si>
     <t>#51 Lamar Coleman - WLB</t>
   </si>
   <si>
     <t>#21 Jeremiah Greene - CB</t>
   </si>
   <si>
     <t>#46 Norman Dietz - CB</t>
   </si>
   <si>
     <t>#18 Peter Livingston - SS</t>
   </si>
   <si>
-    <t>#32 Vernon Kaufman - SS</t>
+    <t>#21 Vernon Kaufman - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-10-NYA 25 (14:58) 7-Jose Lopez pass complete to 34-Nathan Haynes to NYA 47 for 22 yards.</t>
   </si>
   <si>
     <t>#25 Stephen Nystrom - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>NYA 47</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -467,174 +467,174 @@
   <si>
     <t>2-6-OAK 48 (13:28) (Hot Read) 7-Jose Lopez pass complete to 45-Justin Black to OAK 49 for -1 yards. Tackle by 58-Bobby Collins. Pressure by 58-Bobby Collins.</t>
   </si>
   <si>
     <t>#29 Quentin Bulger - RB</t>
   </si>
   <si>
     <t>#82 Paul Nix - TE</t>
   </si>
   <si>
     <t>#98 Dennis Ferriera - LDE</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>OAK 49</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>3-6-OAK 49 (12:48) 34-Nathan Haynes ran to OAK 41 for 9 yards. Tackle by 18-Peter Livingston.</t>
   </si>
   <si>
-    <t>#24 Steven Gordan - CB</t>
+    <t>#46 Steven Gordan - CB</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>OAK 41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>1-10-OAK 41 (12:13) 7-Jose Lopez pass incomplete, intended for 86-David Lamar.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-10-OAK 41 (12:10) 34-Nathan Haynes ran to OAK 31 for 9 yards. Tackle by 58-Bobby Collins.</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>OAK 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>3-1-OAK 31 (11:28) 45-Justin Black ran to OAK 28 for 3 yards. Tackle by 51-Lamar Coleman.</t>
   </si>
   <si>
     <t>#98 Brian Kuster - SLB</t>
   </si>
   <si>
-    <t>#26 Ricky Cole - FS</t>
+    <t>#26 Ricky Cole - SS</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>OAK 28</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-OAK 28 (10:52) 7-Jose Lopez pass complete to 16-James Coster for 28 yards. TOUCHDOWN! NYA 6 OAK 0</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>OAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:47) Extra point GOOD by 3-John Blodgett. NYA 7 OAK 0</t>
   </si>
   <si>
     <t>#1 William Gray - P</t>
   </si>
   <si>
     <t>#3 John Blodgett - K</t>
   </si>
   <si>
     <t>#60 Mark Glover - LT</t>
   </si>
   <si>
     <t>#67 Marc Arellano - RG</t>
   </si>
   <si>
     <t>#61 Scot Esquivel - C</t>
   </si>
   <si>
     <t>#93 Harold Hunter - LDE</t>
   </si>
   <si>
-    <t>#38 Frank Whited - CB</t>
+    <t>#21 Frank Whited - CB</t>
   </si>
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>(10:47) 3-John Blodgett kicks 75 yards from NYA 35 to OAK -10. Touchback.</t>
   </si>
   <si>
     <t>#80 Neil Sweeney - WR</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (10:47) 4-William Holley pass Pass knocked down by 21-Donald Deal. incomplete, intended for 17-Keith Begay.</t>
   </si>
   <si>
     <t>#4 William Holley - QB</t>
   </si>
   <si>
     <t>#23 Steven Davis - RB</t>
   </si>
   <si>
     <t>#88 Robert Ruiz - WR</t>
   </si>
   <si>
     <t>#17 Keith Begay - WR</t>
   </si>
   <si>
     <t>#83 Jeremy Lenhart - WR</t>
   </si>
   <si>
-    <t>#12 Mark Johnson - WR</t>
+    <t>#13 Mark Johnson - WR</t>
   </si>
   <si>
     <t>#77 Joseph Plata - LT</t>
   </si>
   <si>
     <t>#63 Jose Jackson - LG</t>
   </si>
   <si>
     <t>#54 James Steib - C</t>
   </si>
   <si>
     <t>#65 Gregory Powley - RG</t>
   </si>
   <si>
     <t>#75 Alex Rita - RT</t>
   </si>
   <si>
     <t>#95 Wilmer Bowman - DT</t>
   </si>
   <si>
     <t>#39 Louis Sampson - CB</t>
   </si>
   <si>
     <t>#22 Edward Clayton - CB</t>
   </si>
@@ -1280,51 +1280,51 @@
   <si>
     <t>3-4-NYA 32 (1:24) 4-William Holley pass complete to 10-Neil Sweeney to NYA 13 for 18 yards. Tackle by 35-Brad Kollar. PENALTY - Holding (OAK 53-James Steib)</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>3-14-NYA 42 (1:17) 4-William Holley pass complete to 29-Lester Burton to NYA 37 for 5 yards. Tackle by 58-Christopher Guardado.</t>
   </si>
   <si>
     <t>#3 Mervin Gentry - WR</t>
   </si>
   <si>
     <t>#47 Walter Haines - FS</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>4-9-NYA 37 (0:38) 5-William Turner 54 yard field goal is GOOD. OAK 81-Robert Bradford was injured on the play. He looks like he should be able to return. NYA 96-Larry Turner was injured on the play. He looks like he should be able to return. NYA 7 OAK 13</t>
   </si>
   <si>
-    <t>#96 Rodney Taylor - RDE</t>
+    <t>#59 Rodney Taylor - RDE</t>
   </si>
   <si>
     <t>0:33</t>
   </si>
   <si>
     <t>(0:34) 5-William Turner kicks 74 yards from OAK 35 to NYA -9. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-NYA 25 (0:34) 34-Nathan Haynes ran to NYA 28 for 3 yards. Tackle by 58-Bobby Collins. 29-Quentin Bulger completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-John Blodgett kicks 74 yards from NYA 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 4-William Holley pass complete to 83-Jeremy Lenhart to OAK 32 for 7 yards. Tackle by 24-Ronald Henry.</t>
   </si>