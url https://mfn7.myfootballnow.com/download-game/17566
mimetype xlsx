--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -332,99 +332,99 @@
   <si>
     <t>#78 Marcus Peluso - C</t>
   </si>
   <si>
     <t>#63 Robert Shin - LDE</t>
   </si>
   <si>
     <t>#9 John Younce - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 22-Matt Clerk ran to HOU 30 for 5 yards. Tackle by 38-Alexander Arellano.</t>
   </si>
   <si>
-    <t>#8 Clint Golding - QB</t>
+    <t>#7 Clint Golding - QB</t>
   </si>
   <si>
     <t>#22 Matt Clerk - RB</t>
   </si>
   <si>
     <t>#40 Ralph English - FB</t>
   </si>
   <si>
     <t>#29 Mark Perez - FB</t>
   </si>
   <si>
     <t>#87 Keith Perkins - TE</t>
   </si>
   <si>
     <t>#84 Christopher Brand - TE</t>
   </si>
   <si>
     <t>#71 Merlin Farrish - LT</t>
   </si>
   <si>
     <t>#65 Kyle Buchman - RG</t>
   </si>
   <si>
     <t>#69 Hector Smith - C</t>
   </si>
   <si>
     <t>#51 Robert Leblanc - RG</t>
   </si>
   <si>
     <t>#61 James McClure - RT</t>
   </si>
   <si>
     <t>#76 Robert Kim - LDE</t>
   </si>
   <si>
     <t>#90 Leonardo Bouchard - DT</t>
   </si>
   <si>
     <t>#56 Lawrence Thomas - DT</t>
   </si>
   <si>
     <t>#98 Larry Newton - DT</t>
   </si>
   <si>
     <t>#90 Joe Porter - RDE</t>
   </si>
   <si>
-    <t>#36 Oscar Prinz - SS</t>
+    <t>#31 Oscar Prinz - SS</t>
   </si>
   <si>
     <t>#53 Brian Crawford - SS</t>
   </si>
   <si>
     <t>#57 Erik Herring - WLB</t>
   </si>
   <si>
     <t>#35 Herman Pfeifer - CB</t>
   </si>
   <si>
     <t>#36 Fletcher Church - FS</t>
   </si>
   <si>
     <t>#38 Alexander Arellano - SS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>HOU 30</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -488,57 +488,57 @@
   <si>
     <t>1-10-HOU 28 (13:40) 5-John Berry pass complete to 83-Willie Caffey to HOU 26 for 2 yards. Tackle by 21-Clyde Cohen.</t>
   </si>
   <si>
     <t>#5 John Berry - QB</t>
   </si>
   <si>
     <t>#49 Harold Miller - RB</t>
   </si>
   <si>
     <t>#32 Ian Jones - RB</t>
   </si>
   <si>
     <t>#44 Raymond Bevins - FB</t>
   </si>
   <si>
     <t>#83 Willie Caffey - TE</t>
   </si>
   <si>
     <t>#86 John Johnson - TE</t>
   </si>
   <si>
     <t>#76 Josiah Baker - LT</t>
   </si>
   <si>
-    <t>#75 Patrick Brinson - LG</t>
+    <t>#60 Patrick Brinson - LG</t>
   </si>
   <si>
     <t>#59 Paul Ford - C</t>
   </si>
   <si>
-    <t>#50 Clarence Johnson - RG</t>
+    <t>#76 Clarence Johnson - RG</t>
   </si>
   <si>
     <t>#67 Robert Clarke - RT</t>
   </si>
   <si>
     <t>#70 Terence Hector - DT</t>
   </si>
   <si>
     <t>#75 Jack Wise - DT</t>
   </si>
   <si>
     <t>#97 Charles Lavelle - DT</t>
   </si>
   <si>
     <t>#56 Danny Hawks - MLB</t>
   </si>
   <si>
     <t>#53 Bernard Legrand - WLB</t>
   </si>
   <si>
     <t>#24 Stuart Lewis - CB</t>
   </si>
   <si>
     <t>#32 Clyde Cohen - CB</t>
   </si>
@@ -557,78 +557,78 @@
   <si>
     <t>#82 Jesse Comeaux - WR</t>
   </si>
   <si>
     <t>#88 Aubrey Timmons - WR</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>HOU 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-1-HOU 19 (12:29) 5-John Berry pass Pass knocked down by 56-Danny Hawks. incomplete, intended for 31-Harold Miller.</t>
   </si>
   <si>
     <t>#84 Brian Thomas - WR</t>
   </si>
   <si>
-    <t>#33 Eric Gaston - CB</t>
+    <t>#40 Eric Gaston - CB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-HOU 19 (12:25) 9-John Younce 36 yard field goal is GOOD. HOU 57-Howard Womack was injured on the play. He looks like he should be able to return. HOU 0 IND 3</t>
   </si>
   <si>
     <t>#1 Stephen Grimm - P</t>
   </si>
   <si>
     <t>#78 Daniel Smith - C</t>
   </si>
   <si>
     <t>#72 Robert Pimental - RG</t>
   </si>
   <si>
     <t>#96 Theodore Ferguson - DT</t>
   </si>
   <si>
-    <t>#77 Carl Hanks - RDE</t>
+    <t>#50 Carl Hanks - RDE</t>
   </si>
   <si>
     <t>#57 Howard Womack - MLB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>(12:22) 9-John Younce kicks 74 yards from IND 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (12:22) 8-Clint Golding ran to HOU 43 for 18 yards. Tackle by 38-Alexander Arellano.</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>HOU 43</t>
   </si>
@@ -686,51 +686,51 @@
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>IND 38</t>
   </si>
   <si>
     <t>4-1-IND 38 (8:56) 6-David Root 55 yard field goal is GOOD. IND 98-Larry Newton was injured on the play. He looks like he should be able to return. HOU 3 IND 3</t>
   </si>
   <si>
     <t>#13 Henry Walker - QB</t>
   </si>
   <si>
     <t>#6 David Root - K</t>
   </si>
   <si>
     <t>#66 James Chambers - RG</t>
   </si>
   <si>
     <t>#72 Herman Demmer - RT</t>
   </si>
   <si>
     <t>#79 Aurelio Belanger - RDE</t>
   </si>
   <si>
-    <t>#95 Steven Furst - MLB</t>
+    <t>#94 Steven Furst - RDE</t>
   </si>
   <si>
     <t>#68 David Costa - DT</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>(8:52) 6-David Root kicks 75 yards from HOU 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#28 Donald Weaver - FS</t>
   </si>
   <si>
     <t>#45 William Warren - MLB</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -830,51 +830,51 @@
   <si>
     <t>#2 Steven Campos - WR</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-HOU 20 (4:48) 32-Ian Jones ran to HOU 18 for 2 yards. Tackle by 75-Jack Wise. 59-Paul Ford was caught flat-footed on this play. HOU 75-Jack Wise was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:12</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>3-8-HOU 18 (4:11) 5-John Berry pass incomplete, dropped by 83-Willie Caffey.</t>
   </si>
   <si>
-    <t>#73 Matthew Baker - DT</t>
+    <t>#70 Matthew Baker - DT</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>4-8-HOU 18 (4:09) 9-John Younce 36 yard field goal is GOOD. HOU 3 IND 6</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>(4:06) 9-John Younce kicks 74 yards from IND 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-HOU 25 (4:06) 22-Matt Clerk ran to HOU 24 for -1 yards. Tackle by 98-Larry Newton.</t>
   </si>
   <si>
     <t>3:29</t>
   </si>
   <si>
     <t>HOU 24</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>