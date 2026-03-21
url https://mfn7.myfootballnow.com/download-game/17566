--- v1 (2026-01-19)
+++ v2 (2026-03-21)
@@ -383,51 +383,51 @@
   <si>
     <t>#51 Robert Leblanc - RG</t>
   </si>
   <si>
     <t>#61 James McClure - RT</t>
   </si>
   <si>
     <t>#76 Robert Kim - LDE</t>
   </si>
   <si>
     <t>#90 Leonardo Bouchard - DT</t>
   </si>
   <si>
     <t>#56 Lawrence Thomas - DT</t>
   </si>
   <si>
     <t>#98 Larry Newton - DT</t>
   </si>
   <si>
     <t>#90 Joe Porter - RDE</t>
   </si>
   <si>
     <t>#31 Oscar Prinz - SS</t>
   </si>
   <si>
-    <t>#53 Brian Crawford - SS</t>
+    <t>#10 Brian Crawford - SS</t>
   </si>
   <si>
     <t>#57 Erik Herring - WLB</t>
   </si>
   <si>
     <t>#35 Herman Pfeifer - CB</t>
   </si>
   <si>
     <t>#36 Fletcher Church - FS</t>
   </si>
   <si>
     <t>#38 Alexander Arellano - SS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>HOU 30</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-5-HOU 30 (14:24) 22-Matt Clerk ran to HOU 31 for 2 yards. Tackle by 53-Brian Crawford.</t>
   </si>
@@ -476,93 +476,93 @@
   <si>
     <t>#37 Leslie Daniel - FS</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>HOU 28</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-HOU 28 (13:40) 5-John Berry pass complete to 83-Willie Caffey to HOU 26 for 2 yards. Tackle by 21-Clyde Cohen.</t>
   </si>
   <si>
     <t>#5 John Berry - QB</t>
   </si>
   <si>
     <t>#49 Harold Miller - RB</t>
   </si>
   <si>
     <t>#32 Ian Jones - RB</t>
   </si>
   <si>
-    <t>#44 Raymond Bevins - FB</t>
+    <t>#38 Raymond Bevins - FB</t>
   </si>
   <si>
     <t>#83 Willie Caffey - TE</t>
   </si>
   <si>
     <t>#86 John Johnson - TE</t>
   </si>
   <si>
     <t>#76 Josiah Baker - LT</t>
   </si>
   <si>
     <t>#60 Patrick Brinson - LG</t>
   </si>
   <si>
     <t>#59 Paul Ford - C</t>
   </si>
   <si>
     <t>#76 Clarence Johnson - RG</t>
   </si>
   <si>
     <t>#67 Robert Clarke - RT</t>
   </si>
   <si>
     <t>#70 Terence Hector - DT</t>
   </si>
   <si>
     <t>#75 Jack Wise - DT</t>
   </si>
   <si>
     <t>#97 Charles Lavelle - DT</t>
   </si>
   <si>
     <t>#56 Danny Hawks - MLB</t>
   </si>
   <si>
     <t>#53 Bernard Legrand - WLB</t>
   </si>
   <si>
     <t>#24 Stuart Lewis - CB</t>
   </si>
   <si>
-    <t>#32 Clyde Cohen - CB</t>
+    <t>#48 Clyde Cohen - CB</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>2-8-HOU 26 (13:06) 5-John Berry pass complete to 83-Willie Caffey to HOU 19 for 7 yards. Tackle by 99-Ricky Glenn.</t>
   </si>
   <si>
     <t>#82 Jesse Comeaux - WR</t>
   </si>
   <si>
     <t>#88 Aubrey Timmons - WR</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>HOU 19</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>3-7-IND 44 (9:40) 8-Clint Golding pass complete to 29-Mark Perez to IND 38 for 6 yards. Tackle by 35-Herman Pfeifer.</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>IND 38</t>
   </si>
   <si>
     <t>4-1-IND 38 (8:56) 6-David Root 55 yard field goal is GOOD. IND 98-Larry Newton was injured on the play. He looks like he should be able to return. HOU 3 IND 3</t>
   </si>
   <si>
     <t>#13 Henry Walker - QB</t>
   </si>
   <si>
     <t>#6 David Root - K</t>
   </si>
   <si>
     <t>#66 James Chambers - RG</t>
   </si>
   <si>
     <t>#72 Herman Demmer - RT</t>
   </si>
   <si>
-    <t>#79 Aurelio Belanger - RDE</t>
+    <t>#59 Aurelio Belanger - WLB</t>
   </si>
   <si>
     <t>#94 Steven Furst - RDE</t>
   </si>
   <si>
     <t>#68 David Costa - DT</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>(8:52) 6-David Root kicks 75 yards from HOU 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#28 Donald Weaver - FS</t>
   </si>
   <si>
     <t>#45 William Warren - MLB</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>