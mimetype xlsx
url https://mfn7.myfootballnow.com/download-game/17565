--- v0 (2025-11-05)
+++ v1 (2025-12-07)
@@ -305,51 +305,51 @@
   <si>
     <t>#32 Donald Mackenzie - RB</t>
   </si>
   <si>
     <t>#43 Matthew Moore - LDE</t>
   </si>
   <si>
     <t>#78 Darrell Funes - DT</t>
   </si>
   <si>
     <t>#23 Mark Yoder - CB</t>
   </si>
   <si>
     <t>#79 Eric Beck - RDE</t>
   </si>
   <si>
     <t>#47 Keith Ramsey - SS</t>
   </si>
   <si>
     <t>#52 Charles Hall - SLB</t>
   </si>
   <si>
     <t>#29 Justin Anderson - CB</t>
   </si>
   <si>
-    <t>#54 Dean Williams - DT</t>
+    <t>#64 Dean Williams - DT</t>
   </si>
   <si>
     <t>#59 Jerome Echavarria - MLB</t>
   </si>
   <si>
     <t>#34 Raul Turk - CB</t>
   </si>
   <si>
     <t>#9 Bobby Hunt - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BAL 15</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>