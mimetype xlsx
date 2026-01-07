--- v1 (2025-12-07)
+++ v2 (2026-01-07)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BAL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Bobby Hunt kicks 69 yards from KCY 35 to BAL -4. 32-Donald Mackenzie to BAL 15 for 20 yards. Tackle by 20-Reid Parker.</t>
   </si>
   <si>
-    <t>#32 Donald Mackenzie - RB</t>
+    <t>#44 Donald Mackenzie - RB</t>
   </si>
   <si>
     <t>#43 Matthew Moore - LDE</t>
   </si>
   <si>
     <t>#78 Darrell Funes - DT</t>
   </si>
   <si>
     <t>#23 Mark Yoder - CB</t>
   </si>
   <si>
     <t>#79 Eric Beck - RDE</t>
   </si>
   <si>
     <t>#47 Keith Ramsey - SS</t>
   </si>
   <si>
     <t>#52 Charles Hall - SLB</t>
   </si>
   <si>
     <t>#29 Justin Anderson - CB</t>
   </si>
   <si>
     <t>#64 Dean Williams - DT</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>3-10-KCY 39 (2:59) 10-Peter Salinas pass incomplete, dropped by 13-William Breshears. KCY 94-Jimmie Padilla was injured on the play. He looks like he should be able to return. PENALTY - Holding (BAL 74-Louis Nelson)</t>
   </si>
   <si>
     <t>#40 Michael Johnson - CB</t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>3-20-KCY 49 (2:54) 10-Peter Salinas ran to KCY 39 for 10 yards. 10-Peter Salinas slides to avoid being hit.</t>
   </si>
   <si>
     <t>#17 Ken Eisenhauer - WR</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>4-10-KCY 39 (2:14) 16-David Jung punts 33 yards to KCY 6. Fair Catch by 47-Mark Gillock.</t>
   </si>
   <si>
-    <t>#57 William Dennard - LDE</t>
+    <t>#96 William Dennard - LDE</t>
   </si>
   <si>
     <t>#75 Douglas Totten - RT</t>
   </si>
   <si>
     <t>#56 Willie Trujillo - WLB</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>KCY 6</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 6 (2:08) 47-Mark Gillock ran to KCY 12 for 6 yards. Tackle by 47-Keith Ramsey.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>KCY 12</t>
   </si>