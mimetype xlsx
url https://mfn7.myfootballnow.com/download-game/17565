--- v2 (2026-01-07)
+++ v3 (2026-02-06)
@@ -341,75 +341,75 @@
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BAL 15</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 15 (14:57) 10-Peter Salinas pass INTERCEPTED by 96-Timothy King at BAL 17. 96-Timothy King to BAL 18 for -0 yards. Tackle by 37-John Staples.</t>
   </si>
   <si>
     <t>#10 Peter Salinas - QB</t>
   </si>
   <si>
     <t>#37 John Staples - RB</t>
   </si>
   <si>
-    <t>#19 Gregory Rusk - WR</t>
+    <t>#12 Gregory Rusk - WR</t>
   </si>
   <si>
     <t>#13 William Breshears - WR</t>
   </si>
   <si>
     <t>#19 Leon Russell - WR</t>
   </si>
   <si>
     <t>#74 Louis Nelson - LT</t>
   </si>
   <si>
     <t>#76 William Reeves - LG</t>
   </si>
   <si>
     <t>#75 Brian Brewton - C</t>
   </si>
   <si>
     <t>#52 Casey House - RG</t>
   </si>
   <si>
     <t>#59 David Rutherford - RT</t>
   </si>
   <si>
-    <t>#67 Andre Hill - LDE</t>
+    <t>#63 Andre Hill - LDE</t>
   </si>
   <si>
     <t>#94 Jimmie Padilla - DT</t>
   </si>
   <si>
     <t>#77 Shawn Adams - RDE</t>
   </si>
   <si>
     <t>#96 Timothy King - SLB</t>
   </si>
   <si>
     <t>#98 Tony Holbrook - MLB</t>
   </si>
   <si>
     <t>#53 Orville Mutchler - WLB</t>
   </si>
   <si>
     <t>#20 Reid Parker - CB</t>
   </si>
   <si>
     <t>#21 Leroy Turner - CB</t>
   </si>
   <si>
     <t>#22 Geoffrey Pegram - CB</t>
   </si>
@@ -560,90 +560,90 @@
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BAL 17 (12:36) 16-David Jung punts 49 yards to KCY 33. Fair Catch by 21-Leroy Turner.</t>
   </si>
   <si>
     <t>#16 David Jung - P</t>
   </si>
   <si>
     <t>#70 Richard Gonzalez - RG</t>
   </si>
   <si>
     <t>#92 Bernard Marte - DT</t>
   </si>
   <si>
     <t>#53 Philip Petrillo - MLB</t>
   </si>
   <si>
-    <t>#50 Gene Ramirez - C</t>
+    <t>#69 Gene Ramirez - C</t>
   </si>
   <si>
     <t>#51 Alfredo Hedge - MLB</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>KCY 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-KCY 33 (12:30) 47-Mark Gillock ran to KCY 36 for 3 yards. Tackle by 56-Leonard Byers.</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>KCY 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-KCY 36 (11:51) 47-Mark Gillock ran to KCY 34 for -2 yards. Tackle by 90-Manuel Daniels.</t>
   </si>
   <si>
     <t>#38 Stuart Hamilton - FB</t>
   </si>
   <si>
-    <t>#85 Avery Alvarado - TE</t>
+    <t>#80 Avery Alvarado - TE</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>KCY 34</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-9-KCY 34 (11:19) 6-Anthony Felton pass complete to 39-Jess Cordova to BAL 49 for 17 yards. Tackle by 47-Keith Ramsey.</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>BAL 49</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -803,51 +803,51 @@
   <si>
     <t>2-10-BAL 39 (5:33) 6-Anthony Felton pass Pass knocked down by 47-Keith Ramsey. incomplete, intended for 81-Raymond Johnson. 47-Keith Ramsey got away with a hold on that play.</t>
   </si>
   <si>
     <t>5:29</t>
   </si>
   <si>
     <t>3-10-BAL 39 (5:30) 6-Anthony Felton pass Pass knocked down by 34-Raul Turk. incomplete, intended for 15-Clifford Bahena.</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-BAL 39 (5:27) 9-Bobby Hunt 57 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#16 Mario Grubbs - QB</t>
   </si>
   <si>
-    <t>#58 Steven Wainscott - LG</t>
+    <t>#63 Steven Wainscott - LG</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>BAL 46</t>
   </si>
   <si>
     <t>1-10-BAL 46 (5:23) 10-Peter Salinas pass complete to 37-John Staples to KCY 49 for 6 yards. Tackle by 98-Tony Holbrook.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>KCY 49</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-4-KCY 49 (4:38) 10-Peter Salinas pass Pass knocked down by 96-Timothy King. incomplete, intended for 48-Jonathan Faris.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
@@ -890,51 +890,51 @@
   <si>
     <t>3-10-KCY 39 (2:59) 10-Peter Salinas pass incomplete, dropped by 13-William Breshears. KCY 94-Jimmie Padilla was injured on the play. He looks like he should be able to return. PENALTY - Holding (BAL 74-Louis Nelson)</t>
   </si>
   <si>
     <t>#40 Michael Johnson - CB</t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>3-20-KCY 49 (2:54) 10-Peter Salinas ran to KCY 39 for 10 yards. 10-Peter Salinas slides to avoid being hit.</t>
   </si>
   <si>
     <t>#17 Ken Eisenhauer - WR</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>4-10-KCY 39 (2:14) 16-David Jung punts 33 yards to KCY 6. Fair Catch by 47-Mark Gillock.</t>
   </si>
   <si>
     <t>#96 William Dennard - LDE</t>
   </si>
   <si>
-    <t>#75 Douglas Totten - RT</t>
+    <t>#64 Douglas Totten - RT</t>
   </si>
   <si>
     <t>#56 Willie Trujillo - WLB</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>KCY 6</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 6 (2:08) 47-Mark Gillock ran to KCY 12 for 6 yards. Tackle by 47-Keith Ramsey.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>KCY 12</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -998,51 +998,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-12-KCY 26 (15:00) 6-Anthony Felton pass complete to 42-Vincent Cashwell to KCY 46 for 19 yards. Tackle by 98-Ramon Lau.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>1-10-KCY 46 (14:21) 6-Anthony Felton pass complete to 81-Raymond Johnson to BAL 47 for 8 yards. Tackle by 23-Mark Yoder.</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>BAL 47</t>
   </si>
   <si>
     <t>2-2-BAL 47 (13:47) 47-Mark Gillock ran to BAL 45 for 1 yards. Tackle by 98-Ramon Lau.</t>
   </si>
   <si>
     <t>#13 John McNew - WR</t>
   </si>
   <si>
-    <t>#49 Tomas Phillips - CB</t>
+    <t>#45 Tomas Phillips - CB</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-1-BAL 45 (13:05) 47-Mark Gillock ran to BAL 39 for 6 yards. Tackle by 47-Keith Ramsey. BAL 53-Charles Hall was injured on the play. He looks like he should be able to return. BAL 79-Eric Beck was injured on the play. He looks like he should be able to return. BAL 92-John Benefiel was injured on the play.</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-BAL 39 (12:25) 39-Jess Cordova ran to BAL 38 for 2 yards. Tackle by 59-Jerome Echavarria. PENALTY - Holding (KCY 52-Jeremy Delaune)</t>
   </si>
   <si>
     <t>#99 Earl Diaz - SLB</t>
   </si>
   <si>
     <t>12:22</t>
   </si>