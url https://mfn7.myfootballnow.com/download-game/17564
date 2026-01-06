--- v0 (2025-11-08)
+++ v1 (2026-01-06)
@@ -299,108 +299,108 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Stephen Blythe kicks 69 yards from CLE 35 to MIA -4. Touchback.</t>
   </si>
   <si>
     <t>#14 Jonathan Smith - WR</t>
   </si>
   <si>
     <t>#50 Zachary Desilva - RDE</t>
   </si>
   <si>
     <t>#72 Larry Cuellar - RDE</t>
   </si>
   <si>
     <t>#30 Arthur Jessee - FS</t>
   </si>
   <si>
     <t>#95 Dennis Miller - SLB</t>
   </si>
   <si>
     <t>#55 Richard Clark - MLB</t>
   </si>
   <si>
-    <t>#7 Jacob Robertson - CB</t>
-[...5 lines deleted...]
-    <t>#96 James Harding - RDE</t>
+    <t>#34 Jacob Robertson - FS</t>
+  </si>
+  <si>
+    <t>#42 Thomas Partridge - SLB</t>
+  </si>
+  <si>
+    <t>#71 James Harding - DT</t>
   </si>
   <si>
     <t>#88 John Gallagher - TE</t>
   </si>
   <si>
-    <t>#45 Clifford Bowles - FS</t>
+    <t>#20 Clifford Bowles - CB</t>
   </si>
   <si>
     <t>#3 Stephen Blythe - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 25 (15:00) 8-James Pritchett pass complete to 22-Darrell Bunn to MIA 44 for 19 yards. Tackle by 55-James Ellis.</t>
   </si>
   <si>
     <t>#8 James Pritchett - QB</t>
   </si>
   <si>
     <t>#22 Darrell Bunn - RB</t>
   </si>
   <si>
     <t>#15 David Booker - WR</t>
   </si>
   <si>
-    <t>#81 Peter Anthony - WR</t>
+    <t>#11 Peter Anthony - RB</t>
   </si>
   <si>
     <t>#12 Ivan Rigby - WR</t>
   </si>
   <si>
-    <t>#74 James Baker - LT</t>
+    <t>#50 James Baker - C</t>
   </si>
   <si>
     <t>#78 Galen Savory - LG</t>
   </si>
   <si>
     <t>#61 Dwight Donaldson - C</t>
   </si>
   <si>
-    <t>#56 Eugene Branch - RG</t>
+    <t>#61 Eugene Branch - LG</t>
   </si>
   <si>
     <t>#68 Jason Campbell - RT</t>
   </si>
   <si>
     <t>#76 Thomas Powell - LDE</t>
   </si>
   <si>
     <t>#70 Herman Ruiz - DT</t>
   </si>
   <si>
     <t>#75 Lee Jones - LDE</t>
   </si>
   <si>
     <t>#71 Robert Fleenor - RDE</t>
   </si>
   <si>
     <t>#97 Thomas Teller - MLB</t>
   </si>
   <si>
     <t>#97 James Ellis - WLB</t>
   </si>
   <si>
     <t>#27 James Franklin - CB</t>
   </si>
@@ -515,78 +515,78 @@
   <si>
     <t>CLE 10</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 10 (12:20) 49-Robert Howard ran to CLE 11 for 1 yards. Tackle by 32-Brian Wesley.</t>
   </si>
   <si>
     <t>#8 William Parsons - QB</t>
   </si>
   <si>
     <t>#49 Robert Howard - RB</t>
   </si>
   <si>
     <t>#34 Joseph Fry - FB</t>
   </si>
   <si>
     <t>#86 James Guy - TE</t>
   </si>
   <si>
-    <t>#85 Marcus Flora - WR</t>
+    <t>#83 Marcus Flora - WR</t>
   </si>
   <si>
     <t>#81 Tory Holt - WR</t>
   </si>
   <si>
     <t>#75 Shane Terry - LT</t>
   </si>
   <si>
     <t>#65 Jewel Markland - LT</t>
   </si>
   <si>
     <t>#61 Joseph Matthews - C</t>
   </si>
   <si>
     <t>#79 Fernando Alexander - LT</t>
   </si>
   <si>
     <t>#64 Wes Miller - LT</t>
   </si>
   <si>
-    <t>#93 Leo Orosco - LDE</t>
+    <t>#79 Leo Orosco - LDE</t>
   </si>
   <si>
     <t>#57 Jeffrey Olivo - SS</t>
   </si>
   <si>
-    <t>#97 Timothy Jones - WLB</t>
+    <t>#39 Timothy Jones - SS</t>
   </si>
   <si>
     <t>#39 Colby Zavala - CB</t>
   </si>
   <si>
     <t>#32 Brian Wesley - CB</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>CLE 11</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-9-CLE 11 (11:39) 8-William Parsons pass Pass knocked down by 31-Colby Zavala. incomplete, intended for 81-Tory Holt.</t>
   </si>
   <si>
     <t>#16 Lance Costillo - WR</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>3-9-CLE 11 (11:35) 8-William Parsons pass INTERCEPTED by 95-Dennis Miller at CLE 14. 95-Dennis Miller to CLE 0 for 14 yards. TOUCHDOWN! Pressure by 93-Leo Orosco. CLE 0 MIA 6</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:29) Extra point GOOD by 15-Harry Rhone. CLE 0 MIA 7</t>
   </si>
   <si>
     <t>#15 Harry Rhone - K</t>
   </si>
   <si>
     <t>#78 Larry Wood - RG</t>
   </si>
   <si>
-    <t>#61 Marcel Roth - C</t>
+    <t>#51 Marcel Roth - C</t>
   </si>
   <si>
     <t>#57 Charles Martel - RDE</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>(11:29) 15-Harry Rhone kicks 74 yards from MIA 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-CLE 25 (11:29) 8-William Parsons pass incomplete, intended for 85-Marcus Flora.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
@@ -1091,51 +1091,51 @@
   <si>
     <t>2-11-MIA 38 (10:47) 8-James Pritchett sacked at MIA 29 for -9 yards (76-Thomas Powell). Sack allowed by 68-Jason Campbell.</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>3-21-MIA 29 (10:14) 8-James Pritchett pass complete to 34-Don Lucas to MIA 29 for 1 yards. Tackle by 22-Jared Leighton.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>4-20-MIA 29 (9:32) 9-Harry Reynolds punts 50 yards to CLE 21. 47-William Ayala FUMBLES recovered by CLE-47-William Ayala to CLE 21 for 1 yards. Tackle by 90-Richard Clark.</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>CLE 21</t>
   </si>
   <si>
     <t>1-10-CLE 21 (9:23) 8-William Parsons pass complete to 81-Tory Holt to MIA 47 for 32 yards. Tackle by 47-James Rodas.</t>
   </si>
   <si>
-    <t>#60 Micheal Ericksen - DT</t>
+    <t>#98 Micheal Ericksen - LDE</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>1-10-MIA 47 (8:35) 8-William Parsons pass incomplete, intended for 86-James Guy. PENALTY - Pass Interference (MIA 95-Dennis Miller)</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>1-10-MIA 39 (8:32) 49-Robert Howard FUMBLES recovered by CLE-8-William Parsons at MIA 47. Tackle by 65-Thomas Partridge.</t>
   </si>
   <si>
     <t>#18 John Burger - WR</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-18-MIA 47 (7:53) 8-William Parsons pass Pass knocked down by 54-Jeffrey Olivo. incomplete, intended for 86-James Guy.</t>
   </si>
@@ -1355,51 +1355,51 @@
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>(12:22) 15-Harry Rhone kicks 75 yards from MIA 35 to CLE -10. 47-William Ayala for 110yards. TOUCHDOWN! MIA 65-Thomas Partridge was injured on the play. He looks like he should be able to return. MIA 45-Clifford Bowles was injured on the play. He looks like he should be able to return. CLE 9 MIA 10</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>(12:06) Extra point GOOD by 3-Stephen Blythe. CLE 10 MIA 10</t>
   </si>
   <si>
     <t>(12:06) 3-Stephen Blythe kicks 66 yards from CLE 35 to MIA -1. 14-Jonathan Smith to MIA 27 for 28 yards. Tackle by 39-David Stith. CLE 97-Thomas Teller was injured on the play. He looks like he should be able to return. CLE 29-David Siegel was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>1-10-MIA 27 (12:01) 8-James Pritchett pass complete to 22-Darrell Bunn to MIA 27 for a short loss. Tackle by 22-Jared Leighton.</t>
   </si>
   <si>
-    <t>#13 Harold King - WR</t>
+    <t>#9 Harold King - WR</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-10-MIA 27 (11:17) 8-James Pritchett pass complete to 88-John Gallagher to MIA 32 for 5 yards. Tackle by 22-Jared Leighton.</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>MIA 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-5-MIA 32 (10:36) 17-David Booker ran to MIA 42 for 10 yards. Tackle by 39-David Stith.</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
@@ -2216,99 +2216,99 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="363.197" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>