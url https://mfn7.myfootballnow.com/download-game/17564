--- v1 (2026-01-06)
+++ v2 (2026-03-15)
@@ -347,63 +347,63 @@
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 25 (15:00) 8-James Pritchett pass complete to 22-Darrell Bunn to MIA 44 for 19 yards. Tackle by 55-James Ellis.</t>
   </si>
   <si>
     <t>#8 James Pritchett - QB</t>
   </si>
   <si>
     <t>#22 Darrell Bunn - RB</t>
   </si>
   <si>
     <t>#15 David Booker - WR</t>
   </si>
   <si>
     <t>#11 Peter Anthony - RB</t>
   </si>
   <si>
     <t>#12 Ivan Rigby - WR</t>
   </si>
   <si>
-    <t>#50 James Baker - C</t>
+    <t>#65 James Baker - RG</t>
   </si>
   <si>
     <t>#78 Galen Savory - LG</t>
   </si>
   <si>
     <t>#61 Dwight Donaldson - C</t>
   </si>
   <si>
     <t>#61 Eugene Branch - LG</t>
   </si>
   <si>
-    <t>#68 Jason Campbell - RT</t>
+    <t>#68 Jason Campbell - C</t>
   </si>
   <si>
     <t>#76 Thomas Powell - LDE</t>
   </si>
   <si>
     <t>#70 Herman Ruiz - DT</t>
   </si>
   <si>
     <t>#75 Lee Jones - LDE</t>
   </si>
   <si>
     <t>#71 Robert Fleenor - RDE</t>
   </si>
   <si>
     <t>#97 Thomas Teller - MLB</t>
   </si>
   <si>
     <t>#97 James Ellis - WLB</t>
   </si>
   <si>
     <t>#27 James Franklin - CB</t>
   </si>
   <si>
     <t>#41 Jared Leighton - CB</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>CLE 10</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 10 (12:20) 49-Robert Howard ran to CLE 11 for 1 yards. Tackle by 32-Brian Wesley.</t>
   </si>
   <si>
     <t>#8 William Parsons - QB</t>
   </si>
   <si>
     <t>#49 Robert Howard - RB</t>
   </si>
   <si>
     <t>#34 Joseph Fry - FB</t>
   </si>
   <si>
     <t>#86 James Guy - TE</t>
   </si>
   <si>
-    <t>#83 Marcus Flora - WR</t>
+    <t>#14 Marcus Flora - WR</t>
   </si>
   <si>
     <t>#81 Tory Holt - WR</t>
   </si>
   <si>
     <t>#75 Shane Terry - LT</t>
   </si>
   <si>
     <t>#65 Jewel Markland - LT</t>
   </si>
   <si>
     <t>#61 Joseph Matthews - C</t>
   </si>
   <si>
     <t>#79 Fernando Alexander - LT</t>
   </si>
   <si>
     <t>#64 Wes Miller - LT</t>
   </si>
   <si>
     <t>#79 Leo Orosco - LDE</t>
   </si>
   <si>
     <t>#57 Jeffrey Olivo - SS</t>
   </si>
@@ -2213,91 +2213,91 @@
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="363.197" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>