--- v0 (2025-10-14)
+++ v1 (2025-11-06)
@@ -281,147 +281,147 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Joseph Moorer kicks 75 yards from LAA 35 to CHI -10. Touchback.</t>
   </si>
   <si>
-    <t>#28 Jordan Hurley - WR</t>
+    <t>#16 Jordan Hurley - WR</t>
   </si>
   <si>
     <t>#39 Bill Turner - SS</t>
   </si>
   <si>
     <t>#29 Michael McGrew - FS</t>
   </si>
   <si>
     <t>#52 James Cunningham - WLB</t>
   </si>
   <si>
     <t>#40 Ruben Brown - CB</t>
   </si>
   <si>
     <t>#21 Joseph Neblett - CB</t>
   </si>
   <si>
     <t>#51 Wesley Largo - MLB</t>
   </si>
   <si>
     <t>#97 Steven Gibbs - LDE</t>
   </si>
   <si>
     <t>#59 Richard Mathews - SLB</t>
   </si>
   <si>
     <t>#69 Luis Sena - RDE</t>
   </si>
   <si>
     <t>#96 Jess Clausing - DT</t>
   </si>
   <si>
-    <t>#5 Joseph Moorer - K</t>
+    <t>#4 Joseph Moorer - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 30-Charlie Horne ran to CHI 25 for a short gain. Tackle by 53-Robert Johnson.</t>
   </si>
   <si>
     <t>#3 Roy Goss - QB</t>
   </si>
   <si>
     <t>#30 Charlie Horne - RB</t>
   </si>
   <si>
     <t>#34 Normand Burch - WR</t>
   </si>
   <si>
     <t>#42 John Rolland - FB</t>
   </si>
   <si>
     <t>#89 Michael Martinez - TE</t>
   </si>
   <si>
-    <t>#81 Paul Kennedy - TE</t>
-[...2 lines deleted...]
-    <t>#74 Dominique Robinson - LT</t>
+    <t>#80 Paul Kennedy - TE</t>
+  </si>
+  <si>
+    <t>#78 Dominique Robinson - LT</t>
   </si>
   <si>
     <t>#53 Ernest Gunther - LG</t>
   </si>
   <si>
     <t>#70 Robert Cannon - C</t>
   </si>
   <si>
     <t>#53 Tyrone Anderson - RG</t>
   </si>
   <si>
     <t>#55 John Douglass - RT</t>
   </si>
   <si>
     <t>#95 Thomas Becerra - LDE</t>
   </si>
   <si>
     <t>#53 Robert Johnson - DT</t>
   </si>
   <si>
     <t>#94 Bryan Reese - DT</t>
   </si>
   <si>
-    <t>#96 Michael Huff - DT</t>
-[...2 lines deleted...]
-    <t>#95 Charles Bullard - DT</t>
+    <t>#69 Michael Huff - DT</t>
+  </si>
+  <si>
+    <t>#63 Charles Bullard - DT</t>
   </si>
   <si>
     <t>#95 Gary Lombardi - SLB</t>
   </si>
   <si>
     <t>#55 Michael Miller - MLB</t>
   </si>
   <si>
     <t>#45 Cody Rosenthal - WLB</t>
   </si>
   <si>
     <t>#25 Dewey Trent - CB</t>
   </si>
   <si>
     <t>#22 Austin Hill - CB</t>
   </si>
   <si>
     <t>#38 Roger Angell - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
@@ -533,69 +533,69 @@
   <si>
     <t>LAA 38</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>3-8-LAA 38 (10:19) 42-John Rolland ran to LAA 36 for 1 yards. Tackle by 45-Cody Rosenthal.</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-LAA 36 (9:34) 4-Billy Rivera 53 yard field goal is GOOD. CHI 75-Robert Aguiar was injured on the play. He looks like he should be able to return. LAA 0 CHI 3</t>
   </si>
   <si>
     <t>#4 Billy Rivera - K</t>
   </si>
   <si>
-    <t>#73 Harold Everitt - C</t>
+    <t>#79 Harold Everitt - C</t>
   </si>
   <si>
     <t>#75 Robert Aguiar - LT</t>
   </si>
   <si>
     <t>#55 Grady Horton - LT</t>
   </si>
   <si>
     <t>#93 Albert Pope - MLB</t>
   </si>
   <si>
     <t>#79 Albert Lin - DT</t>
   </si>
   <si>
     <t>#74 Leroy Barrett - RT</t>
   </si>
   <si>
-    <t>#72 Fred Johnson - LDE</t>
+    <t>#72 Fred Johnson - DT</t>
   </si>
   <si>
     <t>#93 Troy Wallace - RDE</t>
   </si>
   <si>
     <t>#57 George Cooksey - WLB</t>
   </si>
   <si>
     <t>#97 William Conrad - MLB</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>(9:30) 4-Billy Rivera kicks 75 yards from CHI 35 to LAA -10. Touchback.</t>
   </si>
   <si>
     <t>#24 Alan Holland - RB</t>
   </si>
   <si>
     <t>#59 Jerry Coffin - MLB</t>
   </si>
@@ -869,51 +869,51 @@
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>CHI 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-7-CHI 28 (0:38) 30-Charlie Horne ran to CHI 31 for 3 yards. Tackle by 58-Gary Lombardi.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-CHI 31 (0:02) 8-Calvin Bennett punts 45 yards to LAA 23. Fair Catch by 25-Dewey Trent. CHI 73-Harold Everitt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#8 Calvin Bennett - P</t>
+    <t>#5 Calvin Bennett - P</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>LAA 23</t>
   </si>
   <si>
     <t>1-10-LAA 23 (15:00) PENALTY - False Start (LAA 21-Stephen Williams)</t>
   </si>
   <si>
     <t>LAA 18</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-15-LAA 18 (15:00) 7-Steve Thomas pass Pass knocked down by 20-Ruben Brown. incomplete, intended for 86-Jerry Ross.</t>
   </si>
   <si>
     <t>14:58</t>
   </si>