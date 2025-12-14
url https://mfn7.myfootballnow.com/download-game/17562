--- v1 (2025-11-06)
+++ v2 (2025-12-14)
@@ -671,51 +671,51 @@
   <si>
     <t>LAA 33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-2-LAA 33 (8:19) 24-Alan Holland ran to LAA 36 for 3 yards. Tackle by 97-Kenneth Rush.</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-LAA 36 (7:43) 7-Steve Thomas pass complete to 86-Jerry Ross to LAA 45 for 9 yards. Tackle by 36-Joseph Neblett.</t>
   </si>
   <si>
     <t>#14 James Paschke - WR</t>
   </si>
   <si>
-    <t>#88 Patrick Monroe - WR</t>
+    <t>#17 Patrick Monroe - WR</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>LAA 45</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-LAA 45 (7:08) 24-Alan Holland ran to LAA 49 for 4 yards. Tackle by 20-Ruben Brown.</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>LAA 49</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>5:53</t>
   </si>
   <si>
     <t>CHI 42</t>
   </si>
   <si>
     <t>2-1-CHI 42 (5:52) 24-Alan Holland ran to CHI 31 for 11 yards. Tackle by 39-Bill Turner. LAA 52-Mike Cronin was injured on the play. He looks like he should be able to return. CHI 52-James Cunningham was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>CHI 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CHI 31 (5:06) 21-Stephen Williams ran to CHI 21 for 10 yards. Tackle by 51-Wesley Largo. PENALTY - Holding (LAA 73-Roger Nunez)</t>
   </si>
   <si>
-    <t>#18 Kevin Guerrette - WR</t>
+    <t>#80 Kevin Guerrette - WR</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>CHI 40</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>1-19-CHI 40 (5:03) 7-Steve Thomas pass complete to 21-Stephen Williams to CHI 37 for 3 yards. Tackle by 59-Richard Mathews. 21-Stephen Williams did some fancy footwork there.</t>
   </si>
   <si>
     <t>4:22</t>
   </si>
   <si>
     <t>CHI 37</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
@@ -1133,51 +1133,51 @@
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-CHI 10 (4:49) 7-Steve Thomas pass complete to 44-David King for 10 yards. TOUCHDOWN! LAA 13 CHI 3</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>(4:45) Extra point GOOD by 5-Joseph Moorer. LAA 14 CHI 3</t>
   </si>
   <si>
     <t>(4:45) 5-Joseph Moorer kicks 66 yards from LAA 35 to CHI -1. 28-Jordan Hurley to CHI 21 for 23 yards. Tackle by 25-Dewey Trent.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-CHI 21 (4:41) PENALTY - False Start (CHI 17-James Spade)</t>
   </si>
   <si>
-    <t>#86 Mario Lowe - WR</t>
+    <t>#17 Mario Lowe - WR</t>
   </si>
   <si>
     <t>#51 Isaac Denson - WLB</t>
   </si>
   <si>
     <t>CHI 16</t>
   </si>
   <si>
     <t>1-15-CHI 16 (4:41) 3-Roy Goss pass Pass knocked down by 58-Gary Lombardi. incomplete, intended for 30-Charlie Horne.</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>2-15-CHI 16 (4:38) 30-Charlie Horne ran to CHI 25 for 9 yards. Tackle by 58-Gary Lombardi. LAA 58-Gary Lombardi was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-6-CHI 25 (4:00) 30-Charlie Horne ran to CHI 25 for a short gain. Tackle by 96-Michael Huff.</t>
   </si>