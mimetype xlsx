--- v2 (2025-12-14)
+++ v3 (2026-01-08)
@@ -917,51 +917,51 @@
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-15-LAA 18 (14:59) 7-Steve Thomas pass Pass knocked down by 29-Michael McGrew. incomplete, intended for 86-Jerry Ross. Pressure by 65-Jess Clausing.</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>3-15-LAA 18 (14:53) 7-Steve Thomas pass complete to 24-Alan Holland to LAA 20 for 2 yards. Tackle by 52-James Cunningham.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>LAA 20</t>
   </si>
   <si>
     <t>4-13-LAA 20 (14:12) 19-Hans Johnson punts 46 yards to CHI 34. Fair Catch by 13-Raymond Carman.</t>
   </si>
   <si>
-    <t>#19 Hans Johnson - P</t>
+    <t>#17 Hans Johnson - P</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>CHI 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 34 (14:05) 3-Roy Goss pass Pass knocked down by 40-Christian Nguyen. incomplete, intended for 28-Jordan Hurley.</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>2-10-CHI 34 (14:03) 30-Charlie Horne ran to CHI 31 for -3 yards. Tackle by 43-Roger Angell.</t>
   </si>