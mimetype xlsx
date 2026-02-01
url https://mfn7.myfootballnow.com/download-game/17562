--- v3 (2026-01-08)
+++ v4 (2026-02-01)
@@ -308,51 +308,51 @@
   <si>
     <t>#39 Bill Turner - SS</t>
   </si>
   <si>
     <t>#29 Michael McGrew - FS</t>
   </si>
   <si>
     <t>#52 James Cunningham - WLB</t>
   </si>
   <si>
     <t>#40 Ruben Brown - CB</t>
   </si>
   <si>
     <t>#21 Joseph Neblett - CB</t>
   </si>
   <si>
     <t>#51 Wesley Largo - MLB</t>
   </si>
   <si>
     <t>#97 Steven Gibbs - LDE</t>
   </si>
   <si>
     <t>#59 Richard Mathews - SLB</t>
   </si>
   <si>
-    <t>#69 Luis Sena - RDE</t>
+    <t>#98 Luis Sena - RDE</t>
   </si>
   <si>
     <t>#96 Jess Clausing - DT</t>
   </si>
   <si>
     <t>#4 Joseph Moorer - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 30-Charlie Horne ran to CHI 25 for a short gain. Tackle by 53-Robert Johnson.</t>
   </si>
   <si>
     <t>#3 Roy Goss - QB</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>#26 Enrique Gibson - FB</t>
   </si>
   <si>
     <t>#86 Jerry Ross - TE</t>
   </si>
   <si>
     <t>#44 David King - TE</t>
   </si>
   <si>
     <t>#73 Roger Nunez - LT</t>
   </si>
   <si>
     <t>#63 Charles Kidd - C</t>
   </si>
   <si>
     <t>#68 Ryan Quirion - C</t>
   </si>
   <si>
     <t>#74 Glenn Agar - RT</t>
   </si>
   <si>
     <t>#92 Robert Cagle - LDE</t>
   </si>
   <si>
-    <t>#96 Robert Kennedy - DT</t>
+    <t>#73 Robert Kennedy - DT</t>
   </si>
   <si>
     <t>#55 Kenneth Rush - MLB</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>LAA 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-4-LAA 31 (8:53) 24-Alan Holland ran to LAA 33 for 2 yards. Tackle by 69-Luis Sena.</t>
   </si>
   <si>
     <t>#52 Mike Cronin - C</t>
   </si>
   <si>
     <t>8:20</t>
   </si>