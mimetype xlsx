--- v0 (2025-11-03)
+++ v1 (2025-12-05)
@@ -281,57 +281,57 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAL has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Tommy Deweese kicks 62 yards from DAL 35 to MIN 3. 10-Tony Shaw to MIN 27 for 25 yards. Tackle by 90-Raymundo Carson.</t>
   </si>
   <si>
-    <t>#10 Tony Shaw - WR</t>
+    <t>#51 Tony Shaw - WR</t>
   </si>
   <si>
     <t>#29 Adam Koontz - CB</t>
   </si>
   <si>
-    <t>#58 Morris Leon - MLB</t>
+    <t>#53 Morris Leon - MLB</t>
   </si>
   <si>
     <t>#50 James Shears - MLB</t>
   </si>
   <si>
     <t>#90 Jonathon Fox - LDE</t>
   </si>
   <si>
     <t>#99 Willard Perez - RDE</t>
   </si>
   <si>
     <t>#20 Xavier McKinney - FS</t>
   </si>
   <si>
     <t>#24 Daniel Howe - FS</t>
   </si>
   <si>
     <t>#57 Nathaniel Wilson - SLB</t>
   </si>
   <si>
     <t>#92 William Hanrahan - RDE</t>
   </si>
   <si>
     <t>#93 Rodney Weiner - DT</t>
   </si>