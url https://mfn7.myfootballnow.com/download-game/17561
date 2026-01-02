--- v1 (2025-12-05)
+++ v2 (2026-01-02)
@@ -545,51 +545,51 @@
   <si>
     <t>#81 Michael Anthony - RB</t>
   </si>
   <si>
     <t>#83 Gilbert Baker - WR</t>
   </si>
   <si>
     <t>#84 Dion Moody - WR</t>
   </si>
   <si>
     <t>#16 Mike Lee - WR</t>
   </si>
   <si>
     <t>#77 Everett Short - LT</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
     <t>#74 John Summerall - C</t>
   </si>
   <si>
     <t>#60 William Burnett - RG</t>
   </si>
   <si>
-    <t>#64 Silas Diaz - LG</t>
+    <t>#67 Silas Diaz - LT</t>
   </si>
   <si>
     <t>#98 Damon Wilson - DT</t>
   </si>
   <si>
     <t>#91 Elmer Thompson - LDE</t>
   </si>
   <si>
     <t>#90 James Poole - WLB</t>
   </si>
   <si>
     <t>#48 Robert Morel - CB</t>
   </si>
   <si>
     <t>#42 Carroll Howze - SS</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>DAL 37</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>