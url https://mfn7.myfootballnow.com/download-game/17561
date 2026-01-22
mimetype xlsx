--- v2 (2026-01-02)
+++ v3 (2026-01-22)
@@ -290,126 +290,126 @@
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Tommy Deweese kicks 62 yards from DAL 35 to MIN 3. 10-Tony Shaw to MIN 27 for 25 yards. Tackle by 90-Raymundo Carson.</t>
   </si>
   <si>
     <t>#51 Tony Shaw - WR</t>
   </si>
   <si>
     <t>#29 Adam Koontz - CB</t>
   </si>
   <si>
     <t>#53 Morris Leon - MLB</t>
   </si>
   <si>
-    <t>#50 James Shears - MLB</t>
+    <t>#51 James Shears - MLB</t>
   </si>
   <si>
     <t>#90 Jonathon Fox - LDE</t>
   </si>
   <si>
     <t>#99 Willard Perez - RDE</t>
   </si>
   <si>
     <t>#20 Xavier McKinney - FS</t>
   </si>
   <si>
     <t>#24 Daniel Howe - FS</t>
   </si>
   <si>
     <t>#57 Nathaniel Wilson - SLB</t>
   </si>
   <si>
     <t>#92 William Hanrahan - RDE</t>
   </si>
   <si>
     <t>#93 Rodney Weiner - DT</t>
   </si>
   <si>
     <t>#3 Tommy Deweese - K</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>MIN 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MIN 27 (14:56) 28-Robert Baker ran to MIN 25 for -2 yards. Tackle by 6-Robert Manning.</t>
   </si>
   <si>
     <t>#9 Clifford Nunez - QB</t>
   </si>
   <si>
     <t>#28 Robert Baker - RB</t>
   </si>
   <si>
-    <t>#23 Kenneth Perkins - WR</t>
+    <t>#23 Kenneth Perkins - LT</t>
   </si>
   <si>
     <t>#48 Kenneth Leslie - FB</t>
   </si>
   <si>
     <t>#81 Armando Dargan - TE</t>
   </si>
   <si>
     <t>#86 Joseph Daigle - TE</t>
   </si>
   <si>
     <t>#73 McKinley Latham - LT</t>
   </si>
   <si>
     <t>#65 Nicholas McCarthy - LG</t>
   </si>
   <si>
     <t>#62 Dustin Young - LG</t>
   </si>
   <si>
     <t>#64 Joel Way - RG</t>
   </si>
   <si>
-    <t>#75 Edward Marshall - RT</t>
+    <t>#59 Edward Marshall - RT</t>
   </si>
   <si>
     <t>#95 Stephen Parsons - RDE</t>
   </si>
   <si>
     <t>#92 John Baxter - MLB</t>
   </si>
   <si>
     <t>#90 Milton Middaugh - RDE</t>
   </si>
   <si>
     <t>#92 Luke Haskins - WLB</t>
   </si>
   <si>
     <t>#96 Stanley Smith - RDE</t>
   </si>
   <si>
     <t>#99 Leslie Tran - CB</t>
   </si>
   <si>
     <t>#6 Robert Manning - SS</t>
   </si>
   <si>
     <t>#9 George Robinson - CB</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-MIN 37 (12:55) 16-Zachery Hager punts 47 yards to DAL 16. 26-Lynn Sharp to DAL 26 for 10 yards. Tackle by 50-James Shears. 22-Michael Lopez was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#4 Zachery Hager - P</t>
   </si>
   <si>
     <t>#26 Lynn Sharp - WR</t>
   </si>
   <si>
     <t>#86 Edward Huffman - WR</t>
   </si>
   <si>
     <t>#70 Stephen Russell - LT</t>
   </si>
   <si>
     <t>#78 David Kindle - RT</t>
   </si>
   <si>
-    <t>#66 Michael Mattingly - RG</t>
+    <t>#59 Michael Mattingly - RT</t>
   </si>
   <si>
     <t>#57 Juan Rush - WLB</t>
   </si>
   <si>
     <t>#96 Paul Cogan - WLB</t>
   </si>
   <si>
     <t>#93 Adan Kennedy - CB</t>
   </si>
   <si>
     <t>#61 Douglas Rice - MLB</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>DAL 26</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-DAL 26 (12:46) 25-Nathaniel Queen ran to DAL 37 for 11 yards. Tackle by 42-Carroll Howze. DAL 25-Nathaniel Queen was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1808,51 +1808,51 @@
   <si>
     <t>2-10-MIN 11 (5:12) 5-Adam Colon pass complete to 35-Edward Huffman for 11 yards. TOUCHDOWN! DAL 19 MIN 3</t>
   </si>
   <si>
     <t>5:08</t>
   </si>
   <si>
     <t>(5:09) Extra point GOOD by 3-Tommy Deweese. DAL 20 MIN 3</t>
   </si>
   <si>
     <t>(5:09) 3-Tommy Deweese kicks 75 yards from DAL 35 to MIN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-MIN 25 (5:09) 9-Clifford Nunez pass complete to 28-Robert Baker to MIN 33 for 8 yards. Tackle by 6-Robert Manning. MIN 62-Dustin Young was injured on the play.</t>
   </si>
   <si>
     <t>4:45</t>
   </si>
   <si>
     <t>MIN 33</t>
   </si>
   <si>
     <t>2-2-MIN 33 (4:44) 9-Clifford Nunez pass complete to 87-Armando Dargan to MIN 37 for 4 yards. Tackle by 6-Robert Manning.</t>
   </si>
   <si>
-    <t>#60 James Campbell - C</t>
+    <t>#62 James Campbell - C</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-MIN 37 (4:24) 9-Clifford Nunez pass complete to 48-Kenneth Leslie to MIN 39 for 2 yards. Tackle by 99-Leslie Tran. Great move by 48-Kenneth Leslie to get free of his coverage.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>2-8-MIN 39 (4:00) 9-Clifford Nunez pass complete to 10-Tony Shaw to MIN 46 for 7 yards. Tackle by 28-Joseph Doty. 10-Tony Shaw did some fancy footwork there.</t>
   </si>
   <si>
     <t>#11 Grant Williford - WR</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>MIN 46</t>
   </si>