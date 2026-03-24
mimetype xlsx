--- v3 (2026-01-22)
+++ v4 (2026-03-24)
@@ -308,126 +308,126 @@
   <si>
     <t>#29 Adam Koontz - CB</t>
   </si>
   <si>
     <t>#53 Morris Leon - MLB</t>
   </si>
   <si>
     <t>#51 James Shears - MLB</t>
   </si>
   <si>
     <t>#90 Jonathon Fox - LDE</t>
   </si>
   <si>
     <t>#99 Willard Perez - RDE</t>
   </si>
   <si>
     <t>#20 Xavier McKinney - FS</t>
   </si>
   <si>
     <t>#24 Daniel Howe - FS</t>
   </si>
   <si>
     <t>#57 Nathaniel Wilson - SLB</t>
   </si>
   <si>
-    <t>#92 William Hanrahan - RDE</t>
-[...2 lines deleted...]
-    <t>#93 Rodney Weiner - DT</t>
+    <t>#68 William Hanrahan - RDE</t>
+  </si>
+  <si>
+    <t>#70 Rodney Weiner - DT</t>
   </si>
   <si>
     <t>#3 Tommy Deweese - K</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>MIN 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MIN 27 (14:56) 28-Robert Baker ran to MIN 25 for -2 yards. Tackle by 6-Robert Manning.</t>
   </si>
   <si>
-    <t>#9 Clifford Nunez - QB</t>
+    <t>#17 Clifford Nunez - QB</t>
   </si>
   <si>
     <t>#28 Robert Baker - RB</t>
   </si>
   <si>
     <t>#23 Kenneth Perkins - LT</t>
   </si>
   <si>
     <t>#48 Kenneth Leslie - FB</t>
   </si>
   <si>
     <t>#81 Armando Dargan - TE</t>
   </si>
   <si>
     <t>#86 Joseph Daigle - TE</t>
   </si>
   <si>
     <t>#73 McKinley Latham - LT</t>
   </si>
   <si>
     <t>#65 Nicholas McCarthy - LG</t>
   </si>
   <si>
     <t>#62 Dustin Young - LG</t>
   </si>
   <si>
     <t>#64 Joel Way - RG</t>
   </si>
   <si>
     <t>#59 Edward Marshall - RT</t>
   </si>
   <si>
     <t>#95 Stephen Parsons - RDE</t>
   </si>
   <si>
-    <t>#92 John Baxter - MLB</t>
+    <t>#97 John Baxter - MLB</t>
   </si>
   <si>
     <t>#90 Milton Middaugh - RDE</t>
   </si>
   <si>
-    <t>#92 Luke Haskins - WLB</t>
+    <t>#54 Luke Haskins - MLB</t>
   </si>
   <si>
     <t>#96 Stanley Smith - RDE</t>
   </si>
   <si>
-    <t>#99 Leslie Tran - CB</t>
+    <t>#33 Leslie Tran - CB</t>
   </si>
   <si>
     <t>#6 Robert Manning - SS</t>
   </si>
   <si>
     <t>#9 George Robinson - CB</t>
   </si>
   <si>
     <t>#24 Robt Barnes - CB</t>
   </si>
   <si>
     <t>#31 Pat Bergeron - CB</t>
   </si>
   <si>
     <t>#13 Jerry Blea - MLB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
@@ -485,114 +485,114 @@
   <si>
     <t>MIN 37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-MIN 37 (12:55) 16-Zachery Hager punts 47 yards to DAL 16. 26-Lynn Sharp to DAL 26 for 10 yards. Tackle by 50-James Shears. 22-Michael Lopez was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#4 Zachery Hager - P</t>
   </si>
   <si>
     <t>#26 Lynn Sharp - WR</t>
   </si>
   <si>
     <t>#86 Edward Huffman - WR</t>
   </si>
   <si>
     <t>#70 Stephen Russell - LT</t>
   </si>
   <si>
-    <t>#78 David Kindle - RT</t>
+    <t>#60 David Kindle - RT</t>
   </si>
   <si>
     <t>#59 Michael Mattingly - RT</t>
   </si>
   <si>
     <t>#57 Juan Rush - WLB</t>
   </si>
   <si>
     <t>#96 Paul Cogan - WLB</t>
   </si>
   <si>
     <t>#93 Adan Kennedy - CB</t>
   </si>
   <si>
     <t>#61 Douglas Rice - MLB</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>DAL 26</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-DAL 26 (12:46) 25-Nathaniel Queen ran to DAL 37 for 11 yards. Tackle by 42-Carroll Howze. DAL 25-Nathaniel Queen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Adam Colon - QB</t>
   </si>
   <si>
     <t>#25 Nathaniel Queen - WR</t>
   </si>
   <si>
     <t>#81 Michael Anthony - RB</t>
   </si>
   <si>
     <t>#83 Gilbert Baker - WR</t>
   </si>
   <si>
     <t>#84 Dion Moody - WR</t>
   </si>
   <si>
     <t>#16 Mike Lee - WR</t>
   </si>
   <si>
-    <t>#77 Everett Short - LT</t>
+    <t>#50 Everett Short - LT</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
-    <t>#74 John Summerall - C</t>
+    <t>#54 John Summerall - C</t>
   </si>
   <si>
     <t>#60 William Burnett - RG</t>
   </si>
   <si>
     <t>#67 Silas Diaz - LT</t>
   </si>
   <si>
-    <t>#98 Damon Wilson - DT</t>
+    <t>#70 Damon Wilson - DT</t>
   </si>
   <si>
     <t>#91 Elmer Thompson - LDE</t>
   </si>
   <si>
     <t>#90 James Poole - WLB</t>
   </si>
   <si>
     <t>#48 Robert Morel - CB</t>
   </si>
   <si>
     <t>#42 Carroll Howze - SS</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>DAL 37</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>1-10-MIN 23 (5:51) 5-Adam Colon pass complete to 84-Dion Moody to MIN 19 for 4 yards. Tackle by 23-Robert Morel.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>2-6-MIN 19 (5:08) 25-Nathaniel Queen ran to MIN 10 for 9 yards. Tackle by 42-Carroll Howze. DAL 75-Henry Rumfelt was injured on the play. He looks like he should be able to return. PENALTY - Holding (DAL 35-Edward Huffman)</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>2-8-MIN 21 (5:05) 5-Adam Colon pass Pass knocked down by 23-Robert Morel. incomplete, intended for 84-Dion Moody.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>3-8-MIN 21 (5:01) 5-Adam Colon pass complete to 44-Danny Tanner to MIN 13 for 7 yards. Tackle by 29-Adam Koontz.</t>
   </si>
   <si>
-    <t>#84 Oscar Miller - WR</t>
+    <t>#15 Oscar Miller - WR</t>
   </si>
   <si>
     <t>#44 Danny Tanner - WR</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>MIN 13</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-1-MIN 13 (4:19) 25-Nathaniel Queen ran to MIN 10 for 4 yards. Tackle by 56-James Poole. MIN 56-James Poole was injured on the play.</t>
   </si>
   <si>
     <t>3:43</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MIN 10 (3:42) 81-Michael Anthony ran to MIN 10 for -1 yards. Tackle by 98-Damon Wilson.</t>
   </si>
@@ -2323,51 +2323,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="265.364" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="24.708" bestFit="true" customWidth="true" style="0"/>