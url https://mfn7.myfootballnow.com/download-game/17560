--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -281,63 +281,63 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ARZ has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Dean Moriarty kicks 67 yards from ARZ 35 to TBY -2. 15-George Harrington to TBY 23 for 26 yards. Tackle by 39-Scott Gill.</t>
   </si>
   <si>
-    <t>#15 George Harrington - RB</t>
-[...2 lines deleted...]
-    <t>#38 Travis Danner - RDE</t>
+    <t>#15 George Harrington - C</t>
+  </si>
+  <si>
+    <t>#38 Travis Danner - LDE</t>
   </si>
   <si>
     <t>#75 Ronald Healy - C</t>
   </si>
   <si>
     <t>#13 Thomas Bogner - WR</t>
   </si>
   <si>
-    <t>#35 Jeffrey Beach - CB</t>
+    <t>#35 Jeffrey Beach - LDE</t>
   </si>
   <si>
     <t>#1 Mark Weymouth - C</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
     <t>#11 Joshua Hartfield - C</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#63 Jay Reynolds - C</t>
   </si>
   <si>
     <t>#52 Christopher Griffin - RG</t>
   </si>
   <si>
     <t>#1 Dean Moriarty - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
@@ -473,51 +473,51 @@
   <si>
     <t>#2 Michael Roper - CB</t>
   </si>
   <si>
     <t>#24 Joseph Bach - WR</t>
   </si>
   <si>
     <t>#39 Scott Gill - CB</t>
   </si>
   <si>
     <t>#27 Carlos Kelton - CB</t>
   </si>
   <si>
     <t>#33 Brian Rowland - FS</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>(12:46) 5-Patrick Moll kicks 71 yards from TBY 35 to ARZ -6. Touchback.</t>
   </si>
   <si>
     <t>#15 James Perry - WR</t>
   </si>
   <si>
-    <t>#95 Richard Sawyers - WLB</t>
+    <t>#91 Richard Sawyers - WLB</t>
   </si>
   <si>
     <t>#30 Thomas Smith - SS</t>
   </si>
   <si>
     <t>#5 Patrick Moll - K</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (12:46) 5-William Harvey pass complete to 21-Billy Copland to ARZ 26 for 1 yards. Tackle by 26-Roderick Lewis.</t>
   </si>
   <si>
     <t>#5 William Harvey - QB</t>
   </si>
   <si>
     <t>#21 Billy Copland - RB</t>
   </si>
@@ -536,66 +536,66 @@
   <si>
     <t>#59 James Turner - LG</t>
   </si>
   <si>
     <t>#70 Doug Smith - C</t>
   </si>
   <si>
     <t>#58 William Malmberg - RG</t>
   </si>
   <si>
     <t>#61 Jeffrey Melanson - RT</t>
   </si>
   <si>
     <t>#91 Daniel Ramsey - RDE</t>
   </si>
   <si>
     <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
     <t>#96 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - FS</t>
+    <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
-    <t>#97 Jimmy McKoy - SS</t>
-[...2 lines deleted...]
-    <t>#36 James Glass - CB</t>
+    <t>#97 Jimmy McKoy - RDE</t>
+  </si>
+  <si>
+    <t>#36 James Glass - LDE</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - CB</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>ARZ 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>2-9-ARZ 26 (12:04) 5-William Harvey pass Pass knocked down by 39-Murray Wood. incomplete, intended for 18-David Stokes.</t>
   </si>
   <si>
     <t>#21 David Stokes - RB</t>
   </si>
   <si>
     <t>#59 Michael Akins - LDE</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
@@ -2174,119 +2174,119 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="326.635" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">