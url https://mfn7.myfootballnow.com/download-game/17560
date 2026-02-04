--- v1 (2026-01-05)
+++ v2 (2026-02-04)
@@ -281,63 +281,63 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ARZ has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Dean Moriarty kicks 67 yards from ARZ 35 to TBY -2. 15-George Harrington to TBY 23 for 26 yards. Tackle by 39-Scott Gill.</t>
   </si>
   <si>
-    <t>#15 George Harrington - C</t>
+    <t>#15 George Harrington - RB</t>
   </si>
   <si>
     <t>#38 Travis Danner - LDE</t>
   </si>
   <si>
     <t>#75 Ronald Healy - C</t>
   </si>
   <si>
     <t>#13 Thomas Bogner - WR</t>
   </si>
   <si>
-    <t>#35 Jeffrey Beach - LDE</t>
+    <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#1 Mark Weymouth - C</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
     <t>#11 Joshua Hartfield - C</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#63 Jay Reynolds - C</t>
   </si>
   <si>
     <t>#52 Christopher Griffin - RG</t>
   </si>
   <si>
     <t>#1 Dean Moriarty - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#17 William Bentley - WR</t>
   </si>
   <si>
     <t>#6 David Faulkner - WR</t>
   </si>
   <si>
     <t>#18 John Bonner - WR</t>
   </si>
   <si>
     <t>#70 Steven Gonzales - C</t>
   </si>
   <si>
     <t>#61 Cory Moss - LT</t>
   </si>
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
     <t>#63 Reynaldo Thompson - LDE</t>
   </si>
   <si>
-    <t>#69 Joseph Pyle - DT</t>
+    <t>#64 Joseph Pyle - DT</t>
   </si>
   <si>
     <t>#77 George Shaw - DT</t>
   </si>
   <si>
     <t>#67 Christopher Miller - RDE</t>
   </si>
   <si>
     <t>#91 Aubrey Baker - SLB</t>
   </si>
   <si>
     <t>#55 Gordon Happel - MLB</t>
   </si>
   <si>
     <t>#97 Harold Colley - MLB</t>
   </si>
   <si>
     <t>#45 Woodrow Hoppe - CB</t>
   </si>
   <si>
     <t>#36 Orville Balser - CB</t>
   </si>
   <si>
     <t>#42 Dean Bisson - SS</t>
   </si>
@@ -530,66 +530,66 @@
   <si>
     <t>#10 Oscar Marshall - WR</t>
   </si>
   <si>
     <t>#54 Elijah Ertl - LT</t>
   </si>
   <si>
     <t>#59 James Turner - LG</t>
   </si>
   <si>
     <t>#70 Doug Smith - C</t>
   </si>
   <si>
     <t>#58 William Malmberg - RG</t>
   </si>
   <si>
     <t>#61 Jeffrey Melanson - RT</t>
   </si>
   <si>
     <t>#91 Daniel Ramsey - RDE</t>
   </si>
   <si>
     <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
     <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
-    <t>#97 Jimmy McKoy - RDE</t>
-[...2 lines deleted...]
-    <t>#36 James Glass - LDE</t>
+    <t>#97 Jimmy McKoy - SS</t>
+  </si>
+  <si>
+    <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#43 Garrett Gibson - CB</t>
   </si>
   <si>
     <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>ARZ 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>2-9-ARZ 26 (12:04) 5-William Harvey pass Pass knocked down by 39-Murray Wood. incomplete, intended for 18-David Stokes.</t>
   </si>
   <si>
     <t>#21 David Stokes - RB</t>
   </si>
@@ -788,51 +788,51 @@
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>TBY 40</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>3-2-TBY 40 (7:09) 5-William Harvey pass complete to 21-Billy Copland to TBY 35 for 5 yards. Tackle by 35-Jeffrey Beach. 10-Oscar Marshall totally missed that block.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>Timeout ARZ</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>1-10-TBY 35 (6:39) 5-William Harvey pass incomplete, the ball was thrown away. Pressure by 26-Roderick Lewis.</t>
   </si>
   <si>
-    <t>#35 George Mann - RB</t>
+    <t>#27 George Mann - RB</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-TBY 35 (6:35) 21-Billy Copland ran to TBY 33 for 3 yards. Tackle by 97-Jimmy McKoy.</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-7-TBY 33 (5:57) 21-Billy Copland ran to TBY 25 for 8 yards. Tackle by 36-James Glass.</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>3-10-TBY 25 (5:11) 5-William Harvey ran to TBY 13 for 12 yards. Tackle by 46-Jose Aguilera. PENALTY - Holding (ARZ 54-Elijah Ertl)</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>TBY 30</t>
   </si>
   <si>
     <t>3-15-TBY 30 (5:04) 5-William Harvey pass Pass knocked down by 33-Jared Jefcoat. incomplete, intended for 84-Lorenzo Hill. ARZ 58-William Malmberg was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-15-TBY 30 (5:01) PENALTY - False Start (ARZ 54-Elijah Ertl)</t>
   </si>
   <si>
-    <t>#51 Billy Martinez - RDE</t>
+    <t>#69 Billy Martinez - RDE</t>
   </si>
   <si>
     <t>4-20-TBY 35 (5:01) 1-Dean Moriarty 53 yard field goal is GOOD. TBY 14 ARZ 3</t>
   </si>
   <si>
     <t>4:56</t>
   </si>
   <si>
     <t>(4:57) 1-Dean Moriarty kicks 73 yards from ARZ 35 to TBY -8. Touchback.</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-TBY 25 (4:57) PENALTY - False Start (TBY 14-Jose Davila)</t>
   </si>
   <si>
     <t>TBY 20</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -2174,119 +2174,119 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="326.635" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">