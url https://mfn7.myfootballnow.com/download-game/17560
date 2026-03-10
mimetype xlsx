--- v2 (2026-02-04)
+++ v3 (2026-03-10)
@@ -752,51 +752,51 @@
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>ARZ 43</t>
   </si>
   <si>
     <t>3-5-ARZ 43 (8:25) 5-William Harvey ran to TBY 48 for 10 yards. 5-William Harvey slides to avoid being hit. TBY 91-Daniel Ramsey was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>TBY 48</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>1-10-TBY 48 (7:47) 5-William Harvey pass incomplete, intended for 83-Morgan Groce.</t>
   </si>
   <si>
     <t>#68 Gary Hurst - LG</t>
   </si>
   <si>
-    <t>#51 Chad Ford - LDE</t>
+    <t>#72 Chad Ford - LDE</t>
   </si>
   <si>
     <t>7:43</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>2-10-TBY 48 (7:44) 5-William Harvey pass complete to 10-Oscar Marshall to TBY 40 for 8 yards. Tackle by 35-Jeffrey Beach. 35-Jeffrey Beach got away with a hold on that play.</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>TBY 40</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>3-2-TBY 40 (7:09) 5-William Harvey pass complete to 21-Billy Copland to TBY 35 for 5 yards. Tackle by 35-Jeffrey Beach. 10-Oscar Marshall totally missed that block.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>