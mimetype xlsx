--- v0 (2025-10-17)
+++ v1 (2025-11-16)
@@ -299,258 +299,258 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-John Grooms kicks 74 yards from NOS 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#81 Mark Henderson - TE</t>
   </si>
   <si>
     <t>#71 Loyd Oconner - RDE</t>
   </si>
   <si>
     <t>#30 Phillip Maclean - SS</t>
   </si>
   <si>
     <t>#74 Elmer Marshall - DT</t>
   </si>
   <si>
     <t>#56 Steven Day - WLB</t>
   </si>
   <si>
     <t>#40 Dillon Adams - CB</t>
   </si>
   <si>
-    <t>#55 Kenneth Bianchi - SLB</t>
+    <t>#55 Kenneth Bianchi - RDE</t>
   </si>
   <si>
     <t>#70 David Smith - RDE</t>
   </si>
   <si>
     <t>#43 Emmitt Eurich - FS</t>
   </si>
   <si>
-    <t>#44 Maurice Kollman - CB</t>
+    <t>#19 Maurice Kollman - CB</t>
   </si>
   <si>
     <t>#79 James Wood - LDE</t>
   </si>
   <si>
     <t>#17 John Grooms - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 16-Alvin Spence pass Pass knocked down by 37-George Simpson. incomplete, intended for 89-Antonio Gates.</t>
   </si>
   <si>
     <t>#16 Alvin Spence - QB</t>
   </si>
   <si>
-    <t>#29 Richard Cullison - RB</t>
+    <t>#36 Richard Cullison - RB</t>
   </si>
   <si>
     <t>#89 Antonio Gates - TE</t>
   </si>
   <si>
     <t>#82 Al Toon - WR</t>
   </si>
   <si>
     <t>#87 James Rendon - WR</t>
   </si>
   <si>
     <t>#61 Hoyt Schrom - LT</t>
   </si>
   <si>
     <t>#52 John Swanson - RG</t>
   </si>
   <si>
     <t>#64 Alex Mack - C</t>
   </si>
   <si>
     <t>#59 Larry Little - RG</t>
   </si>
   <si>
     <t>#68 Robert Nelson - LG</t>
   </si>
   <si>
     <t>#76 John Bryant - LDE</t>
   </si>
   <si>
     <t>#53 Daniel Corvin - DT</t>
   </si>
   <si>
-    <t>#68 David Hawkinson - DT</t>
+    <t>#78 David Hawkinson - DT</t>
   </si>
   <si>
     <t>#73 Willard Park - RDE</t>
   </si>
   <si>
     <t>#20 Antonio Peres - SLB</t>
   </si>
   <si>
     <t>#91 Jake Lewis - MLB</t>
   </si>
   <si>
     <t>#57 Andrew Lawrence - WLB</t>
   </si>
   <si>
     <t>#46 Jack Reynolds - SS</t>
   </si>
   <si>
     <t>#32 Jay Robichaux - CB</t>
   </si>
   <si>
     <t>#43 William Genova - SS</t>
   </si>
   <si>
     <t>#37 George Simpson - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Singleback Slot Strong Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-CAR 25 (14:57) 29-Richard Cullison ran to CAR 24 for -1 yards. Tackle by 95-John Bryant.</t>
   </si>
   <si>
-    <t>#12 Kurtis Stewart - WR</t>
-[...2 lines deleted...]
-    <t>#23 Christopher Putnam - CB</t>
+    <t>#84 Kurtis Stewart - WR</t>
+  </si>
+  <si>
+    <t>#37 Christopher Putnam - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>CAR 24</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-11-CAR 24 (14:23) 16-Alvin Spence pass complete to 29-Richard Cullison to CAR 31 for 7 yards. Tackle by 46-Jack Reynolds. Great move by 29-Richard Cullison to get free of his coverage.</t>
   </si>
   <si>
-    <t>#85 Marco Hunt - TE</t>
+    <t>#87 Marco Hunt - TE</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>CAR 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-CAR 31 (13:44) 2-Ray Guy punts 43 yards to NOS 26. Fair Catch by 29-Timothy Caswell.</t>
   </si>
   <si>
     <t>#2 Ray Guy - P</t>
   </si>
   <si>
     <t>#63 Erik Hsu - C</t>
   </si>
   <si>
-    <t>#29 Timothy Caswell - RB</t>
+    <t>#15 Timothy Caswell - WR</t>
   </si>
   <si>
     <t>#38 Robert Edwards - CB</t>
   </si>
   <si>
     <t>#25 Arthur Freeman - CB</t>
   </si>
   <si>
     <t>#61 Jack Lovejoy - RDE</t>
   </si>
   <si>
     <t>#58 Bryan Brown - LG</t>
   </si>
   <si>
     <t>#62 Chester Windham - RT</t>
   </si>
   <si>
     <t>#98 Robert Farrer - MLB</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NOS 26</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-NOS 26 (13:37) 29-Timothy Caswell ran to NOS 39 for 12 yards. Tackle by 42-Phillip Maclean.</t>
   </si>
   <si>
     <t>#1 Howard Hughes - QB</t>
   </si>
   <si>
-    <t>#48 James Torres - FB</t>
+    <t>#37 James Torres - FB</t>
   </si>
   <si>
     <t>#30 Kevin McHale - FB</t>
   </si>
   <si>
     <t>#88 Felix Klahn - TE</t>
   </si>
   <si>
     <t>#16 Marc Parrish - WR</t>
   </si>
   <si>
-    <t>#63 Adam Blair - LT</t>
+    <t>#60 Adam Blair - LT</t>
   </si>
   <si>
     <t>#53 Kenneth Wise - LG</t>
   </si>
   <si>
     <t>#64 Fredrick Lester - C</t>
   </si>
   <si>
     <t>#76 Steven McKay - RG</t>
   </si>
   <si>
     <t>#75 Juan Haley - RT</t>
   </si>
   <si>
     <t>#50 Kevin Schneck - SLB</t>
   </si>
   <si>
     <t>#52 Steven Martinez - MLB</t>
   </si>
   <si>
     <t>#48 Robby Dahl - FS</t>
   </si>
   <si>
     <t>#49 Dave Elmendorf - SS</t>
   </si>
@@ -641,60 +641,60 @@
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>3-9-CAR 44 (10:46) 29-Timothy Caswell ran to CAR 38 for 6 yards. Tackle by 52-Steven Martinez. NOS 30-Kevin McHale was injured on the play.</t>
   </si>
   <si>
     <t>#83 Adam Dobson - TE</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>CAR 38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-CAR 38 (10:08) 17-John Grooms 56 yard field goal is GOOD. NOS 3 CAR 0</t>
   </si>
   <si>
-    <t>#65 Walter Wall - C</t>
+    <t>#68 Walter Wall - C</t>
   </si>
   <si>
     <t>#78 Chad Henry - RT</t>
   </si>
   <si>
     <t>#59 Matthew White - LG</t>
   </si>
   <si>
-    <t>#60 Frank Simms - C</t>
+    <t>#76 Frank Simms - C</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>(10:04) 17-John Grooms kicks 68 yards from NOS 35 to CAR -3. 41-Mark Henderson to CAR 27 for 31 yards. Tackle by 17-John Grooms.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-CAR 27 (9:57) 20-Ernest Ballew ran to CAR 39 for 12 yards. Tackle by 37-George Simpson.</t>
   </si>
   <si>
     <t>#86 Ernest Ballew - WR</t>
   </si>
@@ -1625,51 +1625,51 @@
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CAR 38 (1:22) 28-Terrell Conrad ran to NOS 49 for 13 yards. Tackle by 91-Jake Lewis. CAR 85-Marco Hunt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
     <t>NOS 49</t>
   </si>
   <si>
     <t>1-10-NOS 49 (0:34) 16-Alvin Spence pass incomplete, dropped by 89-Antonio Gates.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>2-10-NOS 49 (0:31) 26-Micah Threadgill ran to NOS 47 for 2 yards. Tackle by 95-John Bryant.</t>
   </si>
   <si>
-    <t>#26 Micah Threadgill - RB</t>
+    <t>#30 Micah Threadgill - RB</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-8-NOS 47 (15:00) 16-Alvin Spence pass incomplete, intended for 12-Kurtis Stewart.</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>4-8-NOS 47 (14:58) 2-Ray Guy punts 41 yards to NOS 6. Fair Catch by 29-Timothy Caswell.</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>