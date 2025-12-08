--- v1 (2025-11-16)
+++ v2 (2025-12-08)
@@ -341,51 +341,51 @@
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 16-Alvin Spence pass Pass knocked down by 37-George Simpson. incomplete, intended for 89-Antonio Gates.</t>
   </si>
   <si>
     <t>#16 Alvin Spence - QB</t>
   </si>
   <si>
     <t>#36 Richard Cullison - RB</t>
   </si>
   <si>
     <t>#89 Antonio Gates - TE</t>
   </si>
   <si>
-    <t>#82 Al Toon - WR</t>
+    <t>#85 Al Toon - WR</t>
   </si>
   <si>
     <t>#87 James Rendon - WR</t>
   </si>
   <si>
     <t>#61 Hoyt Schrom - LT</t>
   </si>
   <si>
     <t>#52 John Swanson - RG</t>
   </si>
   <si>
     <t>#64 Alex Mack - C</t>
   </si>
   <si>
     <t>#59 Larry Little - RG</t>
   </si>
   <si>
     <t>#68 Robert Nelson - LG</t>
   </si>
   <si>
     <t>#76 John Bryant - LDE</t>
   </si>
   <si>
     <t>#53 Daniel Corvin - DT</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>CAR 44</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>2-9-CAR 44 (10:50) 1-Howard Hughes pass Pass knocked down by 43-Emmitt Eurich. incomplete, intended for 69-Stephen Newman.</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>I Formation Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>3-9-CAR 44 (10:46) 29-Timothy Caswell ran to CAR 38 for 6 yards. Tackle by 52-Steven Martinez. NOS 30-Kevin McHale was injured on the play.</t>
   </si>
   <si>
-    <t>#83 Adam Dobson - TE</t>
+    <t>#82 Adam Dobson - TE</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>CAR 38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-CAR 38 (10:08) 17-John Grooms 56 yard field goal is GOOD. NOS 3 CAR 0</t>
   </si>
   <si>
     <t>#68 Walter Wall - C</t>
   </si>
   <si>
     <t>#78 Chad Henry - RT</t>
   </si>
   <si>
     <t>#59 Matthew White - LG</t>
   </si>