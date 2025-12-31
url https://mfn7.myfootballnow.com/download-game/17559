--- v2 (2025-12-08)
+++ v3 (2025-12-31)
@@ -368,51 +368,51 @@
   <si>
     <t>#87 James Rendon - WR</t>
   </si>
   <si>
     <t>#61 Hoyt Schrom - LT</t>
   </si>
   <si>
     <t>#52 John Swanson - RG</t>
   </si>
   <si>
     <t>#64 Alex Mack - C</t>
   </si>
   <si>
     <t>#59 Larry Little - RG</t>
   </si>
   <si>
     <t>#68 Robert Nelson - LG</t>
   </si>
   <si>
     <t>#76 John Bryant - LDE</t>
   </si>
   <si>
     <t>#53 Daniel Corvin - DT</t>
   </si>
   <si>
-    <t>#78 David Hawkinson - DT</t>
+    <t>#70 David Hawkinson - DT</t>
   </si>
   <si>
     <t>#73 Willard Park - RDE</t>
   </si>
   <si>
     <t>#20 Antonio Peres - SLB</t>
   </si>
   <si>
     <t>#91 Jake Lewis - MLB</t>
   </si>
   <si>
     <t>#57 Andrew Lawrence - WLB</t>
   </si>
   <si>
     <t>#46 Jack Reynolds - SS</t>
   </si>
   <si>
     <t>#32 Jay Robichaux - CB</t>
   </si>
   <si>
     <t>#43 William Genova - SS</t>
   </si>
   <si>
     <t>#37 George Simpson - FS</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>CAR 38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-CAR 38 (10:08) 17-John Grooms 56 yard field goal is GOOD. NOS 3 CAR 0</t>
   </si>
   <si>
     <t>#68 Walter Wall - C</t>
   </si>
   <si>
     <t>#78 Chad Henry - RT</t>
   </si>
   <si>
     <t>#59 Matthew White - LG</t>
   </si>
   <si>
-    <t>#76 Frank Simms - C</t>
+    <t>#58 Frank Simms - C</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>(10:04) 17-John Grooms kicks 68 yards from NOS 35 to CAR -3. 41-Mark Henderson to CAR 27 for 31 yards. Tackle by 17-John Grooms.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-CAR 27 (9:57) 20-Ernest Ballew ran to CAR 39 for 12 yards. Tackle by 37-George Simpson.</t>
   </si>
   <si>
     <t>#86 Ernest Ballew - WR</t>
   </si>
@@ -1313,51 +1313,51 @@
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>1-10-NOS 46 (0:28) 16-Alvin Spence pass complete to 89-Antonio Gates to NOS 25 for 21 yards. Tackle by 91-Jake Lewis.</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>1-10-NOS 25 (0:05) 1-Fernando Mello 42 yard field goal is GOOD. NOS 3 CAR 9</t>
   </si>
   <si>
     <t>#34 Terrell Conrad - RB</t>
   </si>
   <si>
-    <t>#69 Kendrick Munoz - LG</t>
+    <t>#69 Kendrick Munoz - LT</t>
   </si>
   <si>
     <t>#56 John Hargrove - DT</t>
   </si>
   <si>
     <t>#62 Timothy Merrow - DT</t>
   </si>
   <si>
     <t>0:01</t>
   </si>
   <si>
     <t>(0:02) 1-Fernando Mello kicks 75 yards from CAR 35 to NOS -10. 29-Timothy Caswell to NOS 25 for 35 yards. Tackle by 42-Phillip Maclean.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 1-Fernando Mello kicks 74 yards from CAR 35 to NOS -9. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>