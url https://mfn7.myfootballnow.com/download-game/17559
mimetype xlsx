--- v3 (2025-12-31)
+++ v4 (2026-03-01)
@@ -302,87 +302,87 @@
   <si>
     <t>(15:00) 17-John Grooms kicks 74 yards from NOS 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#81 Mark Henderson - TE</t>
   </si>
   <si>
     <t>#71 Loyd Oconner - RDE</t>
   </si>
   <si>
     <t>#30 Phillip Maclean - SS</t>
   </si>
   <si>
     <t>#74 Elmer Marshall - DT</t>
   </si>
   <si>
     <t>#56 Steven Day - WLB</t>
   </si>
   <si>
     <t>#40 Dillon Adams - CB</t>
   </si>
   <si>
     <t>#55 Kenneth Bianchi - RDE</t>
   </si>
   <si>
-    <t>#70 David Smith - RDE</t>
+    <t>#55 David Smith - RDE</t>
   </si>
   <si>
     <t>#43 Emmitt Eurich - FS</t>
   </si>
   <si>
     <t>#19 Maurice Kollman - CB</t>
   </si>
   <si>
     <t>#79 James Wood - LDE</t>
   </si>
   <si>
-    <t>#17 John Grooms - K</t>
+    <t>#2 John Grooms - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 16-Alvin Spence pass Pass knocked down by 37-George Simpson. incomplete, intended for 89-Antonio Gates.</t>
   </si>
   <si>
     <t>#16 Alvin Spence - QB</t>
   </si>
   <si>
     <t>#36 Richard Cullison - RB</t>
   </si>
   <si>
-    <t>#89 Antonio Gates - TE</t>
+    <t>#32 Antonio Gates - RB</t>
   </si>
   <si>
     <t>#85 Al Toon - WR</t>
   </si>
   <si>
     <t>#87 James Rendon - WR</t>
   </si>
   <si>
     <t>#61 Hoyt Schrom - LT</t>
   </si>
   <si>
     <t>#52 John Swanson - RG</t>
   </si>
   <si>
     <t>#64 Alex Mack - C</t>
   </si>
   <si>
     <t>#59 Larry Little - RG</t>
   </si>
   <si>
     <t>#68 Robert Nelson - LG</t>
   </si>
   <si>
     <t>#76 John Bryant - LDE</t>
   </si>
@@ -449,69 +449,69 @@
   <si>
     <t>3-11-CAR 24 (14:23) 16-Alvin Spence pass complete to 29-Richard Cullison to CAR 31 for 7 yards. Tackle by 46-Jack Reynolds. Great move by 29-Richard Cullison to get free of his coverage.</t>
   </si>
   <si>
     <t>#87 Marco Hunt - TE</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>CAR 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-CAR 31 (13:44) 2-Ray Guy punts 43 yards to NOS 26. Fair Catch by 29-Timothy Caswell.</t>
   </si>
   <si>
     <t>#2 Ray Guy - P</t>
   </si>
   <si>
-    <t>#63 Erik Hsu - C</t>
+    <t>#50 Erik Hsu - C</t>
   </si>
   <si>
     <t>#15 Timothy Caswell - WR</t>
   </si>
   <si>
     <t>#38 Robert Edwards - CB</t>
   </si>
   <si>
     <t>#25 Arthur Freeman - CB</t>
   </si>
   <si>
     <t>#61 Jack Lovejoy - RDE</t>
   </si>
   <si>
     <t>#58 Bryan Brown - LG</t>
   </si>
   <si>
-    <t>#62 Chester Windham - RT</t>
+    <t>#76 Chester Windham - RT</t>
   </si>
   <si>
     <t>#98 Robert Farrer - MLB</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NOS 26</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-NOS 26 (13:37) 29-Timothy Caswell ran to NOS 39 for 12 yards. Tackle by 42-Phillip Maclean.</t>
   </si>
   <si>
     <t>#1 Howard Hughes - QB</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>NOS 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NOS 39 (12:59) 29-Timothy Caswell ran to NOS 41 for 2 yards. Tackle by 77-Lee Nettles.</t>
   </si>
   <si>
     <t>#85 Todd Cruz - WR</t>
   </si>
   <si>
     <t>#77 Lee Nettles - DT</t>
   </si>
   <si>
     <t>#25 Floyd Pickens - FS</t>
   </si>
   <si>
-    <t>#53 Cecil Weber - WLB</t>
+    <t>#21 Cecil Weber - CB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>NOS 41</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-8-NOS 41 (12:20) 29-Timothy Caswell ran to CAR 45 for 15 yards. Tackle by 43-Emmitt Eurich.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>CAR 45</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
@@ -998,51 +998,51 @@
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-NOS 17 (12:59) 29-Richard Cullison ran to NOS 12 for 6 yards. Tackle by 23-Christopher Putnam.</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>NOS 12</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-4-NOS 12 (12:21) 20-Ernest Ballew ran to NOS 3 for 8 yards. Tackle by 23-Christopher Putnam.</t>
   </si>
   <si>
-    <t>#88 John Barile - WR</t>
+    <t>#88 John Barile - LG</t>
   </si>
   <si>
     <t>#87 Christopher Benson - WR</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>NOS 3</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-3-NOS 3 (11:37) 16-Alvin Spence pass complete to 29-Richard Cullison to NOS 2 for 1 yards. Tackle by 57-Andrew Lawrence. CAR 64-Alex Mack was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
   <si>
     <t>NOS 2</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -1970,51 +1970,51 @@
   <si>
     <t>NOS 1</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-1-NOS 1 (1:10) 16-Alvin Spence pass complete to 82-Al Toon for 1 yards. TOUCHDOWN! NOS 73-Willard Park was injured on the play. NOS 16 CAR 15</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>(1:07) 41-Mark Henderson ran to NOS 1 for 1 yards. Tackle by 23-Christopher Putnam.</t>
   </si>
   <si>
     <t>Onsides Kick Onside Kick</t>
   </si>
   <si>
     <t>Onsides Kick Return Onside Kick Return</t>
   </si>
   <si>
     <t>(1:07) Onside kick by 1-Fernando Mello from CAR 35 recovered by NOS-46-Jack Reynolds at NOS 47. Tackle by 82-Al Toon.</t>
   </si>
   <si>
-    <t>#16 Arthur Harrison - WR</t>
+    <t>#17 Arthur Harrison - WR</t>
   </si>
   <si>
     <t>1-10-NOS 47 (1:07) 29-Timothy Caswell ran to NOS 50 for 2 yards. Tackle by 74-Elmer Marshall.</t>
   </si>
   <si>
     <t>1:05</t>
   </si>
   <si>
     <t>1:01</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>2-8-NOS 50 (1:02) 1-Howard Hughes kneeled down to NOS 50 for -0 yards.</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>3-8-NOS 50 (0:24) 1-Howard Hughes kneeled down to NOS 50 for -0 yards.</t>
   </si>