--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -290,63 +290,63 @@
   <si>
     <t>LOS</t>
   </si>
   <si>
     <t>LOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Keith Moore kicks 72 yards from LOS 35 to SFO -7. Touchback.</t>
   </si>
   <si>
     <t>#18 Bobby Finch - WR</t>
   </si>
   <si>
     <t>#84 Brian Castillo - WR</t>
   </si>
   <si>
     <t>#55 Paul Quon - MLB</t>
   </si>
   <si>
-    <t>#98 Michael McDowell - MLB</t>
+    <t>#58 Michael McDowell - MLB</t>
   </si>
   <si>
     <t>#23 Dennis Jackson - SS</t>
   </si>
   <si>
     <t>#93 Tony Goodwin - MLB</t>
   </si>
   <si>
     <t>#52 Gerald Webster - RDE</t>
   </si>
   <si>
-    <t>#93 Henry White - RDE</t>
+    <t>#68 Henry White - RDE</t>
   </si>
   <si>
     <t>#68 Robert Patterson - RDE</t>
   </si>
   <si>
     <t>#96 Tyrone Barrett - DT</t>
   </si>
   <si>
     <t>#33 Darren Beebe - CB</t>
   </si>
   <si>
     <t>#15 Keith Moore - K</t>
   </si>
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -368,51 +368,51 @@
   <si>
     <t>#35 Gary Whittington - TE</t>
   </si>
   <si>
     <t>#75 Joseph Coldwell - LT</t>
   </si>
   <si>
     <t>#79 Timmy Burroughs - RG</t>
   </si>
   <si>
     <t>#62 Ricky Hamlin - C</t>
   </si>
   <si>
     <t>#70 Frederick Heath - RT</t>
   </si>
   <si>
     <t>#66 David Henderson - LT</t>
   </si>
   <si>
     <t>#98 Jose Martinez - DT</t>
   </si>
   <si>
     <t>#91 Kyle Fletcher - RDE</t>
   </si>
   <si>
-    <t>#73 James Waller - DT</t>
+    <t>#61 James Waller - DT</t>
   </si>
   <si>
     <t>#61 Salvatore McLemore - DT</t>
   </si>
   <si>
     <t>#60 Stephen Harding - RDE</t>
   </si>
   <si>
     <t>#52 Eddie Charles - WLB</t>
   </si>
   <si>
     <t>#51 Edwin Eaddy - MLB</t>
   </si>
   <si>
     <t>#92 Jed Howell - SLB</t>
   </si>
   <si>
     <t>#26 Jim Allen - CB</t>
   </si>
   <si>
     <t>#36 Ronald Bono - CB</t>
   </si>
   <si>
     <t>#46 Lorenzo Beasley - SS</t>
   </si>
@@ -506,96 +506,96 @@
   <si>
     <t>#27 John Perales - RB</t>
   </si>
   <si>
     <t>#43 Lewis Houston - FB</t>
   </si>
   <si>
     <t>#84 Dale Davis - TE</t>
   </si>
   <si>
     <t>#17 Jamar Reedy - WR</t>
   </si>
   <si>
     <t>#58 Randy Parks - LT</t>
   </si>
   <si>
     <t>#73 Andrew Montano - LG</t>
   </si>
   <si>
     <t>#54 Tyson Wieczorek - C</t>
   </si>
   <si>
     <t>#53 Richard Landry - RG</t>
   </si>
   <si>
-    <t>#67 Mike Latham - RT</t>
+    <t>#60 Mike Latham - RT</t>
   </si>
   <si>
     <t>#93 James Parker - LDE</t>
   </si>
   <si>
     <t>#63 Buford Morales - DT</t>
   </si>
   <si>
     <t>#65 Richard Wilson - DT</t>
   </si>
   <si>
     <t>#52 Edgar Horan - MLB</t>
   </si>
   <si>
     <t>#46 Earnest Stapleton - CB</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>SFO 12</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-SFO 12 (12:42) 47-Emilio Akers ran to SFO 6 for 6 yards. Tackle by 46-Earnest Stapleton.</t>
   </si>
   <si>
     <t>#26 Rico Carter - RB</t>
   </si>
   <si>
     <t>#6 Geoffrey Meagher - WR</t>
   </si>
   <si>
     <t>#13 Kevin Sheilds - WR</t>
   </si>
   <si>
     <t>#27 Robert Gerard - CB</t>
   </si>
   <si>
-    <t>#20 William Musial - CB</t>
+    <t>#20 William Musial - SS</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>SFO 6</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-4-SFO 6 (12:08) 47-Emilio Akers ran to SFO 7 for -1 yards. Tackle by 27-Robert Gerard.</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>SFO 7</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
@@ -605,57 +605,57 @@
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>SFO 3</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-SFO 3 (10:42) 15-Keith Moore 21 yard field goal is GOOD. SFO 0 LOS 3</t>
   </si>
   <si>
     <t>#9 Steve Chavez - QB</t>
   </si>
   <si>
     <t>#72 Darrel Quick - DT</t>
   </si>
   <si>
     <t>#71 Robert Corley - C</t>
   </si>
   <si>
-    <t>#95 James Hollingsworth - RDE</t>
-[...5 lines deleted...]
-    <t>#97 Terry Wetzel - RDE</t>
+    <t>#57 James Hollingsworth - MLB</t>
+  </si>
+  <si>
+    <t>#93 Timothy Diaz - LDE</t>
+  </si>
+  <si>
+    <t>#95 Terry Wetzel - LDE</t>
   </si>
   <si>
     <t>#59 Melvin Lee - SLB</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>(10:40) 15-Keith Moore kicks 74 yards from LOS 35 to SFO -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 25 (10:40) 28-Brandon Olmstead ran to SFO 26 for 1 yards. Tackle by 49-William Thomas. SFO 70-Frederick Heath was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>SFO 26</t>
   </si>
@@ -1274,51 +1274,51 @@
   <si>
     <t>0:36</t>
   </si>
   <si>
     <t>LOS 37</t>
   </si>
   <si>
     <t>1-10-LOS 37 (0:35) 10-Johnathan Hooley pass complete to 28-Brandon Olmstead to LOS 27 for 9 yards. Tackle by 49-William Thomas.</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>LOS 27</t>
   </si>
   <si>
     <t>2-1-LOS 27 (0:04) 5-Charles Rivera 46 yard field goal is GOOD. SFO 3 LOS 16</t>
   </si>
   <si>
     <t>#44 Ryan Heyward - MLB</t>
   </si>
   <si>
     <t>(0:01) 5-Charles Rivera kicks 75 yards from SFO 35 to LOS -10. Touchback.</t>
   </si>
   <si>
-    <t>#55 Mathew Obrien - WLB</t>
+    <t>#7 Mathew Obrien - CB</t>
   </si>
   <si>
     <t>LOS 25</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-LOS 25 (0:01) 47-Emilio Akers ran to LOS 30 for 5 yards. Tackle by 20-William Musial.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 5-Charles Rivera kicks 69 yards from SFO 35 to LOS -4. 88-Kevin Sheilds for 105yards. TOUCHDOWN! SFO 3 LOS 22</t>
   </si>
   <si>
     <t>14:46</t>
   </si>
   <si>
     <t>(14:46) Extra point GOOD by 15-Keith Moore. SFO 3 LOS 23</t>
   </si>
   <si>
     <t>(14:46) 15-Keith Moore kicks 73 yards from LOS 35 to SFO -8. Touchback.</t>
   </si>
@@ -1358,51 +1358,51 @@
   <si>
     <t>4-6-SFO 29 (13:21) 4-William Bell punts 48 yards to LOS 23. 13-Jamar Reedy to LOS 33 for 10 yards. Tackle by 81-Derrick McEvoy.</t>
   </si>
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>LOS 33</t>
   </si>
   <si>
     <t>1-10-LOS 33 (13:13) 3-Edward Stahlman pass complete to 88-Kevin Sheilds to LOS 36 for 3 yards. Tackle by 55-Paul Quon. SFO 52-Gerald Webster was injured on the play. He looks like he should be able to return. SFO 27-Robert Gerard was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>LOS 36</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>2-7-LOS 36 (12:29) 47-Emilio Akers ran to LOS 42 for 6 yards. Tackle by 33-Darren Beebe. LOS 47-Emilio Akers was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#83 John Bourn - WR</t>
+    <t>#13 John Bourn - WR</t>
   </si>
   <si>
     <t>#84 Terrell Lieberman - WR</t>
   </si>
   <si>
     <t>#11 William Maroney - WR</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>3-2-LOS 42 (11:54) 33-Rico Carter ran to LOS 49 for 8 yards. Tackle by 33-Darren Beebe.</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>LOS 49</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>