--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -479,51 +479,51 @@
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-11-SFO 34 (13:26) 10-Johnathan Hooley pass INTERCEPTED by 41-Jim Allen at SFO 37. 41-Jim Allen to SFO 34 for 3 yards. Tackle by 60-Thomas Sullivan.</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-SFO 34 (13:23) 3-Edward Stahlman pass complete to 89-Dale Davis to SFO 12 for 22 yards.</t>
   </si>
   <si>
     <t>#3 Edward Stahlman - QB</t>
   </si>
   <si>
-    <t>#47 Emilio Akers - RB</t>
+    <t>#20 Emilio Akers - RB</t>
   </si>
   <si>
     <t>#27 John Perales - RB</t>
   </si>
   <si>
     <t>#43 Lewis Houston - FB</t>
   </si>
   <si>
     <t>#84 Dale Davis - TE</t>
   </si>
   <si>
     <t>#17 Jamar Reedy - WR</t>
   </si>
   <si>
     <t>#58 Randy Parks - LT</t>
   </si>
   <si>
     <t>#73 Andrew Montano - LG</t>
   </si>
   <si>
     <t>#54 Tyson Wieczorek - C</t>
   </si>
   <si>
     <t>#53 Richard Landry - RG</t>
   </si>
@@ -1025,51 +1025,51 @@
   <si>
     <t>2-3-LOS 45 (9:50) 10-Johnathan Hooley sacked at LOS 47 for -2 yards (61-Salvatore McLemore). Sack allowed by 79-Timmy Burroughs.</t>
   </si>
   <si>
     <t>#94 Franklin Griffis - MLB</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>3-5-LOS 47 (9:13) 10-Johnathan Hooley pass complete to 28-Brandon Olmstead to LOS 43 for 4 yards. Tackle by 36-Ronald Bono. SFO 28-Brandon Olmstead was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>LOS 43</t>
   </si>
   <si>
     <t>4-1-LOS 43 (8:33)</t>
   </si>
   <si>
     <t>#5 Charles Rivera - K</t>
   </si>
   <si>
-    <t>#92 Brandon Biron - MLB</t>
+    <t>#51 Brandon Biron - MLB</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>LOS 50</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-LOS 50 (8:28) 47-Emilio Akers ran to LOS 48 for -2 yards. Tackle by 57-Michael McDowell. PENALTY - Offsides (SFO 74-Henry White)</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>SFO 45</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-5-SFO 45 (8:26) 47-Emilio Akers ran to SFO 45 for 1 yards. Tackle by 51-James Parker.</t>
   </si>