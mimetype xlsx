--- v2 (2026-01-20)
+++ v3 (2026-03-11)
@@ -305,51 +305,51 @@
   <si>
     <t>#18 Bobby Finch - WR</t>
   </si>
   <si>
     <t>#84 Brian Castillo - WR</t>
   </si>
   <si>
     <t>#55 Paul Quon - MLB</t>
   </si>
   <si>
     <t>#58 Michael McDowell - MLB</t>
   </si>
   <si>
     <t>#23 Dennis Jackson - SS</t>
   </si>
   <si>
     <t>#93 Tony Goodwin - MLB</t>
   </si>
   <si>
     <t>#52 Gerald Webster - RDE</t>
   </si>
   <si>
     <t>#68 Henry White - RDE</t>
   </si>
   <si>
-    <t>#68 Robert Patterson - RDE</t>
+    <t>#73 Robert Patterson - RDE</t>
   </si>
   <si>
     <t>#96 Tyrone Barrett - DT</t>
   </si>
   <si>
     <t>#33 Darren Beebe - CB</t>
   </si>
   <si>
     <t>#15 Keith Moore - K</t>
   </si>
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-SFO 25 (15:00) 10-Johnathan Hooley pass complete to 35-Gary Whittington to SFO 32 for 7 yards. Tackle by 36-Ronald Bono.</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#66 David Henderson - LT</t>
   </si>
   <si>
     <t>#98 Jose Martinez - DT</t>
   </si>
   <si>
     <t>#91 Kyle Fletcher - RDE</t>
   </si>
   <si>
     <t>#61 James Waller - DT</t>
   </si>
   <si>
     <t>#61 Salvatore McLemore - DT</t>
   </si>
   <si>
     <t>#60 Stephen Harding - RDE</t>
   </si>
   <si>
     <t>#52 Eddie Charles - WLB</t>
   </si>
   <si>
     <t>#51 Edwin Eaddy - MLB</t>
   </si>
   <si>
-    <t>#92 Jed Howell - SLB</t>
+    <t>#57 Jed Howell - SLB</t>
   </si>
   <si>
     <t>#26 Jim Allen - CB</t>
   </si>
   <si>
     <t>#36 Ronald Bono - CB</t>
   </si>
   <si>
     <t>#46 Lorenzo Beasley - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>SFO 32</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-3-SFO 32 (14:15) 28-Brandon Olmstead ran to SFO 35 for 3 yards. Tackle by 49-William Thomas. PENALTY - Offsides (LOS 98-Jose Martinez) (Declined)</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>1-10-SFO 34 (13:23) 3-Edward Stahlman pass complete to 89-Dale Davis to SFO 12 for 22 yards.</t>
   </si>
   <si>
     <t>#3 Edward Stahlman - QB</t>
   </si>
   <si>
     <t>#20 Emilio Akers - RB</t>
   </si>
   <si>
     <t>#27 John Perales - RB</t>
   </si>
   <si>
     <t>#43 Lewis Houston - FB</t>
   </si>
   <si>
     <t>#84 Dale Davis - TE</t>
   </si>
   <si>
     <t>#17 Jamar Reedy - WR</t>
   </si>
   <si>
     <t>#58 Randy Parks - LT</t>
   </si>
   <si>
-    <t>#73 Andrew Montano - LG</t>
+    <t>#64 Andrew Montano - LG</t>
   </si>
   <si>
     <t>#54 Tyson Wieczorek - C</t>
   </si>
   <si>
     <t>#53 Richard Landry - RG</t>
   </si>
   <si>
     <t>#60 Mike Latham - RT</t>
   </si>
   <si>
     <t>#93 James Parker - LDE</t>
   </si>
   <si>
     <t>#63 Buford Morales - DT</t>
   </si>
   <si>
     <t>#65 Richard Wilson - DT</t>
   </si>
   <si>
     <t>#52 Edgar Horan - MLB</t>
   </si>
   <si>
     <t>#46 Earnest Stapleton - CB</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-SFO 3 (10:42) 15-Keith Moore 21 yard field goal is GOOD. SFO 0 LOS 3</t>
   </si>
   <si>
     <t>#9 Steve Chavez - QB</t>
   </si>
   <si>
     <t>#72 Darrel Quick - DT</t>
   </si>
   <si>
     <t>#71 Robert Corley - C</t>
   </si>
   <si>
     <t>#57 James Hollingsworth - MLB</t>
   </si>
   <si>
     <t>#93 Timothy Diaz - LDE</t>
   </si>
   <si>
     <t>#95 Terry Wetzel - LDE</t>
   </si>
   <si>
-    <t>#59 Melvin Lee - SLB</t>
+    <t>#55 Melvin Lee - SLB</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>(10:40) 15-Keith Moore kicks 74 yards from LOS 35 to SFO -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 25 (10:40) 28-Brandon Olmstead ran to SFO 26 for 1 yards. Tackle by 49-William Thomas. SFO 70-Frederick Heath was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>SFO 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>3-8-SFO 27 (9:19) 10-Johnathan Hooley pass incomplete, dropped by 28-Brandon Olmstead.</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-SFO 27 (9:16) 4-William Bell punts 49 yards to LOS 24. Fair Catch by 13-Jamar Reedy.</t>
   </si>
   <si>
     <t>#18 William Bell - P</t>
   </si>
   <si>
     <t>#81 Derrick McEvoy - TE</t>
   </si>
   <si>
     <t>#37 Chad Cooney - FS</t>
   </si>
   <si>
-    <t>#65 Victor Miner - C</t>
+    <t>#69 Victor Miner - C</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
   <si>
     <t>LOS 24</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LOS 24 (9:10) 3-Edward Stahlman pass complete to 89-Dale Davis to LOS 26 for 2 yards. Tackle by 46-Earnest Stapleton.</t>
   </si>
   <si>
     <t>8:32</t>
   </si>
   <si>
     <t>LOS 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>