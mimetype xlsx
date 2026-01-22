--- v0 (2025-10-23)
+++ v1 (2026-01-22)
@@ -311,144 +311,144 @@
   <si>
     <t>#60 Mark Montijo - C</t>
   </si>
   <si>
     <t>#77 Daniel Drumm - LDE</t>
   </si>
   <si>
     <t>#96 David Miyamoto - MLB</t>
   </si>
   <si>
     <t>#32 Jeremy Hoffman - SS</t>
   </si>
   <si>
     <t>#91 Jason Martinez - RDE</t>
   </si>
   <si>
     <t>#22 Dana Kaiser - CB</t>
   </si>
   <si>
     <t>#91 David Glover - WLB</t>
   </si>
   <si>
     <t>#21 Carlos Harris - CB</t>
   </si>
   <si>
-    <t>#55 William Solano - MLB</t>
+    <t>#52 William Solano - MLB</t>
   </si>
   <si>
     <t>#3 Walter Conley - K</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-GBY 25 (14:55) 6-Edward Savage ran to GBY 20 for 5 yards. Tackle by 32-Jeremy Hoffman.</t>
   </si>
   <si>
     <t>#16 Luke Mangual - QB</t>
   </si>
   <si>
     <t>#23 Edward Savage - RB</t>
   </si>
   <si>
     <t>#29 Shelton Lynch - RB</t>
   </si>
   <si>
     <t>#24 Shawn Meyer - FB</t>
   </si>
   <si>
     <t>#85 Melvin Pruett - TE</t>
   </si>
   <si>
     <t>#81 Robert Calloway - TE</t>
   </si>
   <si>
     <t>#66 Donald Anderson - LT</t>
   </si>
   <si>
-    <t>#79 Russell Wick - LG</t>
+    <t>#59 Russell Wick - LG</t>
   </si>
   <si>
     <t>#68 William Hardesty - C</t>
   </si>
   <si>
-    <t>#75 James Smith - RG</t>
+    <t>#57 James Smith - RG</t>
   </si>
   <si>
     <t>#70 Stephen Garcia - RT</t>
   </si>
   <si>
     <t>#59 Michael Reynolds - LDE</t>
   </si>
   <si>
     <t>#99 Jacob Norwood - DT</t>
   </si>
   <si>
     <t>#71 Gary Inge - DT</t>
   </si>
   <si>
     <t>#90 Samuel Hill - SLB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>GBY 20</t>
   </si>
   <si>
     <t>Singleback Slot Strong Post Curls</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-5-GBY 20 (14:14) 15-Luke Mangual pass complete to 88-Gary Thompson to GBY 15 for 5 yards. Tackle by 39-Daniel Burnett. 88-Gary Thompson did some fancy footwork there.</t>
   </si>
   <si>
     <t>#19 Michael Moore - WR</t>
   </si>
   <si>
-    <t>#88 Gary Thompson - WR</t>
+    <t>#84 Gary Thompson - WR</t>
   </si>
   <si>
     <t>#87 Kevin Vasquez - WR</t>
   </si>
   <si>
     <t>#78 Tim Barnes - C</t>
   </si>
   <si>
-    <t>#39 Daniel Burnett - FS</t>
+    <t>#46 Daniel Burnett - FS</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-1-GBY 15 (13:38) 6-Edward Savage ran to GBY 17 for -2 yards. Tackle by 77-Daniel Drumm.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>GBY 17</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>#28 Jeffrey Wright - RB</t>
   </si>
   <si>
     <t>#46 Jeff Metcalf - FB</t>
   </si>
   <si>
     <t>#88 David Ochoa - TE</t>
   </si>
   <si>
     <t>#84 Ryan Webb - WR</t>
   </si>
   <si>
     <t>#81 Jim Payton - WR</t>
   </si>
   <si>
     <t>#64 Jonathan Daley - LG</t>
   </si>
   <si>
     <t>#62 Patrick Davidson - LG</t>
   </si>
   <si>
     <t>#73 Homer Pierce - LT</t>
   </si>
   <si>
-    <t>#62 Richard Carpenter - RT</t>
+    <t>#65 Richard Carpenter - RT</t>
   </si>
   <si>
     <t>#65 Henry Serrano - LDE</t>
   </si>
   <si>
     <t>#93 Michael Sandberg - RDE</t>
   </si>
   <si>
     <t>#99 Wayne Owens - DT</t>
   </si>
   <si>
     <t>#95 Craig Canton - RDE</t>
   </si>
   <si>
     <t>#95 Robert Greenberg - SLB</t>
   </si>
   <si>
     <t>#90 Parker Ortiz - MLB</t>
   </si>
   <si>
     <t>#36 James Cooper - CB</t>
   </si>
   <si>
     <t>#20 Edward Ross - CB</t>
   </si>
@@ -749,51 +749,51 @@
   <si>
     <t>SEA 44</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 44 (7:49) 15-Luke Mangual pass Pass knocked down by 22-Dana Kaiser. incomplete, intended for 85-Melvin Pruett.</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-10-SEA 44 (7:45) 15-Luke Mangual pass complete to 31-Millard Wooten to GBY 41 for 15 yards. Tackle by 21-Carlos Harris. 31-Millard Wooten made a great move on the CB.</t>
   </si>
   <si>
-    <t>#31 Millard Wooten - WR</t>
+    <t>#31 Millard Wooten - TE</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>GBY 41</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-10-GBY 41 (7:03) 21-Peter Hopkins ran to GBY 24 for 16 yards. Tackle by 32-Jeremy Hoffman.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-GBY 24 (6:23) 15-Luke Mangual pass complete to 85-Melvin Pruett to GBY 22 for 2 yards. Tackle by 21-Carlos Harris.</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
@@ -827,51 +827,51 @@
   <si>
     <t>#15 Raul Simmons - WR</t>
   </si>
   <si>
     <t>#32 Clifton Rogue - CB</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>GBY 37</t>
   </si>
   <si>
     <t>1-10-GBY 37 (5:04) 7-Patrick Conder pass Pass knocked down by 95-Robert Greenberg. incomplete, intended for 88-David Ochoa.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-GBY 37 (5:01) 7-Patrick Conder pass complete to 26-Jeffrey Wright to GBY 35 for -2 yards. Tackle by 20-Edward Ross.</t>
   </si>
   <si>
-    <t>#55 Andrew Williams - MLB</t>
+    <t>#22 Andrew Williams - SS</t>
   </si>
   <si>
     <t>4:29</t>
   </si>
   <si>
     <t>Singleback Normal Slot WR Cross</t>
   </si>
   <si>
     <t>3-12-GBY 35 (4:28) 7-Patrick Conder pass complete to 26-Jeffrey Wright to GBY 43 for 8 yards. Tackle by 36-James Cooper.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>GBY 43</t>
   </si>
   <si>
     <t>4-3-GBY 43 (3:46) 1-Rafael Hunt punts 46 yards to SEA 11.</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>SEA 11</t>
   </si>
@@ -2297,51 +2297,51 @@
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>