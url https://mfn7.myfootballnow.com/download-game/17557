--- v1 (2026-01-22)
+++ v2 (2026-03-23)
@@ -347,69 +347,69 @@
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-GBY 25 (14:55) 6-Edward Savage ran to GBY 20 for 5 yards. Tackle by 32-Jeremy Hoffman.</t>
   </si>
   <si>
     <t>#16 Luke Mangual - QB</t>
   </si>
   <si>
     <t>#23 Edward Savage - RB</t>
   </si>
   <si>
     <t>#29 Shelton Lynch - RB</t>
   </si>
   <si>
     <t>#24 Shawn Meyer - FB</t>
   </si>
   <si>
     <t>#85 Melvin Pruett - TE</t>
   </si>
   <si>
-    <t>#81 Robert Calloway - TE</t>
+    <t>#87 Robert Calloway - TE</t>
   </si>
   <si>
     <t>#66 Donald Anderson - LT</t>
   </si>
   <si>
     <t>#59 Russell Wick - LG</t>
   </si>
   <si>
     <t>#68 William Hardesty - C</t>
   </si>
   <si>
     <t>#57 James Smith - RG</t>
   </si>
   <si>
     <t>#70 Stephen Garcia - RT</t>
   </si>
   <si>
-    <t>#59 Michael Reynolds - LDE</t>
+    <t>#52 Michael Reynolds - LDE</t>
   </si>
   <si>
     <t>#99 Jacob Norwood - DT</t>
   </si>
   <si>
     <t>#71 Gary Inge - DT</t>
   </si>
   <si>
     <t>#90 Samuel Hill - SLB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>GBY 20</t>
   </si>
   <si>
     <t>Singleback Slot Strong Post Curls</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-5-GBY 20 (14:14) 15-Luke Mangual pass complete to 88-Gary Thompson to GBY 15 for 5 yards. Tackle by 39-Daniel Burnett. 88-Gary Thompson did some fancy footwork there.</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-GBY 17 (12:59) 3-Walter Conley 35 yard field goal is GOOD. SEA 3 GBY 0</t>
   </si>
   <si>
     <t>#1 Jose Hayslett - P</t>
   </si>
   <si>
     <t>#51 Wesley Hawkins - RG</t>
   </si>
   <si>
     <t>#58 Robert Cannon - WLB</t>
   </si>
   <si>
     <t>#50 Kenneth Frederick - RDE</t>
   </si>
   <si>
     <t>#78 Donald Warren - DT</t>
   </si>
   <si>
     <t>#58 Mark Paquin - RDE</t>
   </si>
   <si>
-    <t>#74 Robert Brown - RDE</t>
+    <t>#58 Robert Brown - RDE</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>(12:57) 3-Walter Conley kicks 75 yards from SEA 35 to GBY -10. Touchback.</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 25 (12:57) 26-Jeffrey Wright ran to GBY 24 for -1 yards. Tackle by 37-Arnoldo Gaffney.</t>
   </si>
   <si>
     <t>#7 Patrick Conder - QB</t>
   </si>
   <si>
     <t>#28 Jeffrey Wright - RB</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>#84 Ryan Webb - WR</t>
   </si>
   <si>
     <t>#81 Jim Payton - WR</t>
   </si>
   <si>
     <t>#64 Jonathan Daley - LG</t>
   </si>
   <si>
     <t>#62 Patrick Davidson - LG</t>
   </si>
   <si>
     <t>#73 Homer Pierce - LT</t>
   </si>
   <si>
     <t>#65 Richard Carpenter - RT</t>
   </si>
   <si>
     <t>#65 Henry Serrano - LDE</t>
   </si>
   <si>
     <t>#93 Michael Sandberg - RDE</t>
   </si>
   <si>
-    <t>#99 Wayne Owens - DT</t>
+    <t>#73 Wayne Owens - DT</t>
   </si>
   <si>
     <t>#95 Craig Canton - RDE</t>
   </si>
   <si>
     <t>#95 Robert Greenberg - SLB</t>
   </si>
   <si>
     <t>#90 Parker Ortiz - MLB</t>
   </si>
   <si>
     <t>#36 James Cooper - CB</t>
   </si>
   <si>
     <t>#20 Edward Ross - CB</t>
   </si>
   <si>
     <t>#25 Arnoldo Gaffney - CB</t>
   </si>
   <si>
     <t>#22 Donald Smith - CB</t>
   </si>
   <si>
     <t>12:22</t>
   </si>