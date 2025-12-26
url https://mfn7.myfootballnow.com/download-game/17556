--- v0 (2025-10-28)
+++ v1 (2025-12-26)
@@ -311,81 +311,81 @@
   <si>
     <t>#70 William Jones - DT</t>
   </si>
   <si>
     <t>#98 Jeffery Pate - DT</t>
   </si>
   <si>
     <t>#31 Craig Getchell - CB</t>
   </si>
   <si>
     <t>#26 James Adams - SS</t>
   </si>
   <si>
     <t>#26 Juan Hardy - FS</t>
   </si>
   <si>
     <t>#99 Frank Carter - MLB</t>
   </si>
   <si>
     <t>#43 Scott Foster - CB</t>
   </si>
   <si>
     <t>#50 Earl Guerra - SLB</t>
   </si>
   <si>
-    <t>#54 Christopher Guerra - MLB</t>
+    <t>#95 Christopher Guerra - MLB</t>
   </si>
   <si>
     <t>#10 Leon Bailey - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 80-Cedric Ware ran to TEN 36 for 11 yards. Tackle by 23-John Duke.</t>
   </si>
   <si>
     <t>#13 Johnny Ceja - QB</t>
   </si>
   <si>
     <t>#80 Cedric Ware - WR</t>
   </si>
   <si>
     <t>#14 Craig White - WR</t>
   </si>
   <si>
-    <t>#5 Earnest Graziano - WR</t>
+    <t>#80 Earnest Graziano - WR</t>
   </si>
   <si>
     <t>#16 Douglas Glover - WR</t>
   </si>
   <si>
     <t>#60 James Kesterson - LT</t>
   </si>
   <si>
     <t>#68 Buddy Mar - LG</t>
   </si>
   <si>
     <t>#66 Rodney McLean - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#96 Adam Horton - LDE</t>
   </si>
   <si>
     <t>#91 Jerry Clinger - DT</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>#39 Bruce McCarville - RB</t>
   </si>
   <si>
     <t>#67 Carter Gutierrez - RG</t>
   </si>
   <si>
     <t>#53 Mauro Roberts - WLB</t>
   </si>
   <si>
     <t>#79 Robert Earnest - RDE</t>
   </si>
   <si>
     <t>#52 Howard Murphy - WLB</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(10:30) 9-Freddy Till kicks 74 yards from TEN 35 to JAX -9. 87-Freddy Farrell to JAX 25 for 35 yards. Tackle by 38-Scott Foster.</t>
   </si>
   <si>
-    <t>#87 Freddy Farrell - WR</t>
+    <t>#80 Freddy Farrell - WR</t>
   </si>
   <si>
     <t>#52 Robert Vang - CB</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 25 (10:26) 7-Minh Bush pass complete to 85-Joshua Chaffin to JAX 32 for 7 yards. Tackle by 99-Frank Carter.</t>
   </si>
   <si>
     <t>#7 Minh Bush - QB</t>
   </si>
   <si>
     <t>#13 Michael Horton - WR</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#85 Joshua Chaffin - TE</t>
   </si>
   <si>
     <t>#18 Fletcher Kennamer - WR</t>
   </si>
   <si>
     <t>#14 Vincent Brown - WR</t>
   </si>
   <si>
     <t>#67 Rodney Fox - LT</t>
   </si>
   <si>
     <t>#59 Gilbert Brown - LG</t>
   </si>
   <si>
     <t>#64 Tyrone Lopez - C</t>
   </si>
   <si>
     <t>#65 Richard Horton - RG</t>
   </si>
   <si>
     <t>#66 Branden Taylor - RT</t>
   </si>
   <si>
-    <t>#53 Pedro Lewis - LDE</t>
+    <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>#64 Tyrone Priest - LDE</t>
   </si>
   <si>
     <t>#77 Sam Prather - RDE</t>
   </si>
   <si>
     <t>#49 Darwin Jadoo - SS</t>
   </si>
   <si>
     <t>#30 Rafael Jensen - CB</t>
   </si>
   <si>
     <t>#41 James Carr - FS</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>JAX 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
@@ -2356,51 +2356,51 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="386.906" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>