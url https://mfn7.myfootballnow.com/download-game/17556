--- v1 (2025-12-26)
+++ v2 (2026-01-25)
@@ -353,129 +353,129 @@
   <si>
     <t>1-10-TEN 25 (15:00) 80-Cedric Ware ran to TEN 36 for 11 yards. Tackle by 23-John Duke.</t>
   </si>
   <si>
     <t>#13 Johnny Ceja - QB</t>
   </si>
   <si>
     <t>#80 Cedric Ware - WR</t>
   </si>
   <si>
     <t>#14 Craig White - WR</t>
   </si>
   <si>
     <t>#80 Earnest Graziano - WR</t>
   </si>
   <si>
     <t>#16 Douglas Glover - WR</t>
   </si>
   <si>
     <t>#60 James Kesterson - LT</t>
   </si>
   <si>
     <t>#68 Buddy Mar - LG</t>
   </si>
   <si>
-    <t>#66 Rodney McLean - C</t>
+    <t>#63 Rodney McLean - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#96 Adam Horton - LDE</t>
   </si>
   <si>
     <t>#91 Jerry Clinger - DT</t>
   </si>
   <si>
     <t>#74 Gary Helton - DT</t>
   </si>
   <si>
     <t>#95 George Phillips - RDE</t>
   </si>
   <si>
     <t>#53 Jesse Dodson - SLB</t>
   </si>
   <si>
     <t>#90 Gary Cox - MLB</t>
   </si>
   <si>
     <t>#50 John Holmes - WLB</t>
   </si>
   <si>
     <t>#23 John Duke - CB</t>
   </si>
   <si>
     <t>#48 Fausto Mason - SS</t>
   </si>
   <si>
-    <t>#32 Lloyd Caceres - SS</t>
+    <t>#35 Lloyd Caceres - SS</t>
   </si>
   <si>
     <t>#38 Jim Kwiatkowski - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>TEN 36</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 36 (14:23) 14-Craig White ran to TEN 37 for 2 yards. Tackle by 32-Lloyd Caceres.</t>
   </si>
   <si>
     <t>#87 Barry Page - FB</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>TEN 37</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-8-TEN 37 (13:48) 13-Johnny Ceja pass complete to 5-Earnest Graziano to TEN 49 for 11 yards. Tackle by 23-John Duke. 23-John Duke got away with a hold on that play.</t>
   </si>
   <si>
     <t>#10 Gary Pirtle - WR</t>
   </si>
   <si>
-    <t>#47 Martin Jonson - LDE</t>
+    <t>#62 Martin Jonson - LDE</t>
   </si>
   <si>
     <t>13:15</t>
   </si>
   <si>
     <t>TEN 49</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-TEN 49 (13:14) 14-Craig White ran to JAX 41 for 10 yards. Tackle by 38-Jim Kwiatkowski.</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>JAX 41</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-1-JAX 41 (12:34) 13-Johnny Ceja pass complete to 18-Wesley Thomas to JAX 31 for 10 yards. Tackle by 50-John Holmes. Great move by 18-Wesley Thomas to get free of his coverage. TEN 60-James Kesterson was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1406,51 +1406,51 @@
   <si>
     <t>2-2-TEN 35 (11:01) 9-Hank Hardin ran to TEN 28 for 7 yards. Tackle by 31-Craig Getchell.</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>TEN 28</t>
   </si>
   <si>
     <t>1-10-TEN 28 (10:16) 7-Minh Bush pass complete to 13-Michael Horton to TEN 15 for 13 yards. Tackle by 26-James Adams. 34-Juan Hardy got away with a hold on that play. Pressure by 93-Harold Stefanski.</t>
   </si>
   <si>
     <t>1-10-TEN 15 (9:31) 28-Max Crawford ran to TEN 9 for 6 yards. Tackle by 26-James Adams.</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>TEN 9</t>
   </si>
   <si>
     <t>2-4-TEN 9 (8:53) 7-Minh Bush sacked at TEN 17 for -8 yards (93-Harold Stefanski). Sack allowed by 67-Rodney Fox. 67-Rodney Fox completely missed his blocking assignment. JAX 62-Gilbert Brown was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#44 Kenneth Sanchez - CB</t>
+    <t>#48 Kenneth Sanchez - CB</t>
   </si>
   <si>
     <t>8:16</t>
   </si>
   <si>
     <t>3-12-TEN 17 (8:15) 7-Minh Bush pass INTERCEPTED by 41-James Carr at TEN 12. 41-James Carr to TEN 12 for 0 yards. Tackle by 85-Joshua Chaffin.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>TEN 12</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-TEN 12 (8:13) 13-Johnny Ceja pass complete to 14-Craig White to TEN 25 for 13 yards. Tackle by 38-Jim Kwiatkowski.</t>
   </si>
   <si>
     <t>1-10-TEN 25 (7:32) PENALTY - False Start (TEN 68-Buddy Mar)</t>
   </si>