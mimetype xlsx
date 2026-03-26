--- v2 (2026-01-25)
+++ v3 (2026-03-26)
@@ -344,51 +344,51 @@
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 80-Cedric Ware ran to TEN 36 for 11 yards. Tackle by 23-John Duke.</t>
   </si>
   <si>
     <t>#13 Johnny Ceja - QB</t>
   </si>
   <si>
     <t>#80 Cedric Ware - WR</t>
   </si>
   <si>
     <t>#14 Craig White - WR</t>
   </si>
   <si>
     <t>#80 Earnest Graziano - WR</t>
   </si>
   <si>
-    <t>#16 Douglas Glover - WR</t>
+    <t>#85 Douglas Glover - WR</t>
   </si>
   <si>
     <t>#60 James Kesterson - LT</t>
   </si>
   <si>
     <t>#68 Buddy Mar - LG</t>
   </si>
   <si>
     <t>#63 Rodney McLean - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#96 Adam Horton - LDE</t>
   </si>
   <si>
     <t>#91 Jerry Clinger - DT</t>
   </si>
   <si>
     <t>#74 Gary Helton - DT</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#48 Fausto Mason - SS</t>
   </si>
   <si>
     <t>#35 Lloyd Caceres - SS</t>
   </si>
   <si>
     <t>#38 Jim Kwiatkowski - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>TEN 36</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 36 (14:23) 14-Craig White ran to TEN 37 for 2 yards. Tackle by 32-Lloyd Caceres.</t>
   </si>
   <si>
-    <t>#87 Barry Page - FB</t>
+    <t>#40 Barry Page - FB</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>TEN 37</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-8-TEN 37 (13:48) 13-Johnny Ceja pass complete to 5-Earnest Graziano to TEN 49 for 11 yards. Tackle by 23-John Duke. 23-John Duke got away with a hold on that play.</t>
   </si>
   <si>
     <t>#10 Gary Pirtle - WR</t>
   </si>
   <si>
     <t>#62 Martin Jonson - LDE</t>
   </si>
   <si>
     <t>13:15</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>JAX 27</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-JAX 27 (10:34) 9-Freddy Till 44 yard field goal is GOOD. JAX 0 TEN 3</t>
   </si>
   <si>
     <t>#12 Glenn Robles - P</t>
   </si>
   <si>
     <t>#9 Freddy Till - K</t>
   </si>
   <si>
     <t>#75 Juan Prendergast - RT</t>
   </si>
   <si>
-    <t>#39 Bruce McCarville - RB</t>
+    <t>#33 Bruce McCarville - RB</t>
   </si>
   <si>
     <t>#67 Carter Gutierrez - RG</t>
   </si>
   <si>
     <t>#53 Mauro Roberts - WLB</t>
   </si>
   <si>
     <t>#79 Robert Earnest - RDE</t>
   </si>
   <si>
     <t>#52 Howard Murphy - WLB</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(10:30) 9-Freddy Till kicks 74 yards from TEN 35 to JAX -9. 87-Freddy Farrell to JAX 25 for 35 yards. Tackle by 38-Scott Foster.</t>
   </si>
   <si>
     <t>#80 Freddy Farrell - WR</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>#64 Tyrone Lopez - C</t>
   </si>
   <si>
     <t>#65 Richard Horton - RG</t>
   </si>
   <si>
     <t>#66 Branden Taylor - RT</t>
   </si>
   <si>
     <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>#64 Tyrone Priest - LDE</t>
   </si>
   <si>
     <t>#77 Sam Prather - RDE</t>
   </si>
   <si>
     <t>#49 Darwin Jadoo - SS</t>
   </si>
   <si>
     <t>#30 Rafael Jensen - CB</t>
   </si>
   <si>
-    <t>#41 James Carr - FS</t>
+    <t>#2 James Carr - CB</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>JAX 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-3-JAX 32 (9:42) 13-Michael Horton ran to JAX 37 for 5 yards. Tackle by 41-James Carr.</t>
   </si>
   <si>
     <t>#9 Hank Hardin - RB</t>
   </si>
   <si>
     <t>#34 Pablo Davidson - FB</t>
   </si>
   <si>
     <t>#97 Brock Moore - LDE</t>
   </si>
   <si>
     <t>9:03</t>
   </si>