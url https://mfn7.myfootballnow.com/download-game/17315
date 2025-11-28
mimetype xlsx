--- v0 (2025-10-16)
+++ v1 (2025-11-28)
@@ -305,54 +305,54 @@
   <si>
     <t>#43 David Richardson - RB</t>
   </si>
   <si>
     <t>#53 Fred Puentes - SLB</t>
   </si>
   <si>
     <t>#51 John Varela - SLB</t>
   </si>
   <si>
     <t>#95 Armando Bowie - WLB</t>
   </si>
   <si>
     <t>#97 Frederick Kling - DT</t>
   </si>
   <si>
     <t>#35 Matthew Clark - CB</t>
   </si>
   <si>
     <t>#52 Bryan Fraga - DT</t>
   </si>
   <si>
     <t>#74 Ronald Crawford - LDE</t>
   </si>
   <si>
-    <t>#21 Robert Brock - FS</t>
-[...2 lines deleted...]
-    <t>#98 Steven Alexander - WLB</t>
+    <t>#21 Robert Brock - WLB</t>
+  </si>
+  <si>
+    <t>#2 Steven Alexander - SS</t>
   </si>
   <si>
     <t>#28 David King - CB</t>
   </si>
   <si>
     <t>#5 Patrick Moll - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 89-Joshua Williams ran to PIT 24 for -1 yards. Tackle by 41-Willie Kaufman.</t>
   </si>
   <si>
     <t>#2 Alan Hemphill - QB</t>
   </si>
@@ -368,78 +368,78 @@
   <si>
     <t>#14 Bradford Smith - WR</t>
   </si>
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
     <t>#70 Alan Burns - LT</t>
   </si>
   <si>
     <t>#56 Christopher Johnston - LG</t>
   </si>
   <si>
     <t>#58 Fred Gray - C</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
     <t>#64 Trevor Perea - RT</t>
   </si>
   <si>
     <t>#99 Tommie Cox - LDE</t>
   </si>
   <si>
-    <t>#47 Robert Martell - SS</t>
+    <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
     <t>#96 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
     <t>#46 Jose Aguilera - FS</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
     <t>#43 William Bowden - CB</t>
   </si>
   <si>
-    <t>#36 James Glass - CB</t>
+    <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - CB</t>
+    <t>#39 Murray Wood - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>PIT 24</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>2-11-PIT 24 (14:26) 2-Alan Hemphill pass complete to 83-Jacob Spohn to PIT 30 for 6 yards. Tackle by 34-William Bowden.</t>
   </si>
   <si>
     <t>#86 Richard Reyes - WR</t>
   </si>
   <si>
     <t>#59 Michael Akins - LDE</t>
   </si>
   <si>
     <t>13:54</t>
   </si>
@@ -542,54 +542,54 @@
   <si>
     <t>#76 William Bruce - C</t>
   </si>
   <si>
     <t>#67 Robert Castillo - RG</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>TBY 13</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-TBY 13 (10:49) 14-Jose Davila pass complete to 11-Joshua Hartfield to TBY 16 for 3 yards. Tackle by 28-David King.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
-    <t>#11 Joshua Hartfield - WR</t>
-[...2 lines deleted...]
-    <t>#81 Donald Altman - RB</t>
+    <t>#11 Joshua Hartfield - C</t>
+  </si>
+  <si>
+    <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#89 Edward Lease - WR</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
     <t>#77 Jimmy Devore - C</t>
   </si>
   <si>
     <t>#67 Brian Holcombe - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#75 Ronald Healy - C</t>
   </si>
   <si>
     <t>#71 Clarence Maurice - RDE</t>
   </si>
   <si>
     <t>#69 Barry Hernandez - RDE</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>2-7-TBY 16 (10:15) 24-Joseph Bach ran to TBY 15 for a short loss. Tackle by 55-Paul Quon.</t>
   </si>
   <si>
     <t>#10 Travis Palacios - WR</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
     <t>#73 Tom Murry - C</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
   <si>
     <t>3-7-TBY 15 (9:36) 10-Travis Palacios ran to TBY 18 for 3 yards. Tackle by 24-Fred Sparks.</t>
   </si>
   <si>
-    <t>#1 Mark Weymouth - WR</t>
+    <t>#1 Mark Weymouth - C</t>
   </si>
   <si>
     <t>#26 John Turner - FS</t>
   </si>
   <si>
     <t>#24 Fred Sparks - SLB</t>
   </si>
   <si>
     <t>#26 Gerald Lambert - SS</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>TBY 18</t>
   </si>
   <si>
     <t>4-4-TBY 18 (9:02) 7-Daniel Plemmons punts 51 yards to PIT 31. Fair Catch by 86-Richard Reyes.</t>
   </si>
   <si>
     <t>#7 Daniel Plemmons - P</t>
   </si>
   <si>
     <t>#62 Roy Tucker - RG</t>
   </si>
@@ -764,51 +764,51 @@
   <si>
     <t>#23 David Brown - RDE</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>6:11</t>
   </si>
   <si>
     <t>TBY 33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-TBY 33 (6:10) 9-Michael Willey 50 yard field goal is GOOD. PIT 3 TBY 0</t>
   </si>
   <si>
     <t>#9 Michael Willey - K</t>
   </si>
   <si>
-    <t>#79 Jody Randall - FS</t>
+    <t>#79 Jody Randall - SS</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(6:07) 9-Michael Willey kicks 74 yards from PIT 35 to TBY -9. Touchback.</t>
   </si>
   <si>
     <t>#11 Ronnie Langley - WR</t>
   </si>
   <si>
     <t>#82 George Leach - C</t>
   </si>
   <si>
     <t>#86 Dennis Large - C</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>1-10-TBY 25 (6:07) 14-Jose Davila pass incomplete, dropped by 11-Joshua Hartfield.</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-10-TBY 25 (6:04) 10-Travis Palacios ran to TBY 25 for a short loss. Tackle by 98-Steven Alexander.</t>
   </si>
   <si>
     <t>5:24</t>
   </si>
   <si>
     <t>3-10-TBY 25 (5:23) 24-Joseph Bach ran to TBY 31 for 6 yards. Tackle by 53-Fred Puentes.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>4-4-TBY 31 (4:39) 7-Daniel Plemmons punts 54 yards to PIT 15. Fair Catch by 86-Richard Reyes. PIT 97-Frederick Kling was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#38 Travis Danner - RDE</t>
+    <t>#38 Travis Danner - CB</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-PIT 15 (4:32) 2-Alan Hemphill pass complete to 83-Jacob Spohn to PIT 18 for 3 yards. Tackle by 41-Willie Kaufman.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>PIT 18</t>
   </si>
   <si>
     <t>2-7-PIT 18 (3:57) 2-Alan Hemphill pass INTERCEPTED by 39-Murray Wood at PIT 22. 39-Murray Wood to PIT 22 for -0 yards. Tackle by 83-Jacob Spohn.</t>
   </si>
@@ -2277,111 +2277,111 @@
   <dimension ref="A1:CD182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="317.208" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>