--- v1 (2025-11-28)
+++ v2 (2026-01-25)
@@ -293,63 +293,63 @@
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Patrick Moll kicks 75 yards from TBY 35 to PIT -10. Touchback.</t>
   </si>
   <si>
     <t>#43 David Richardson - RB</t>
   </si>
   <si>
     <t>#53 Fred Puentes - SLB</t>
   </si>
   <si>
     <t>#51 John Varela - SLB</t>
   </si>
   <si>
     <t>#95 Armando Bowie - WLB</t>
   </si>
   <si>
-    <t>#97 Frederick Kling - DT</t>
+    <t>#65 Frederick Kling - DT</t>
   </si>
   <si>
     <t>#35 Matthew Clark - CB</t>
   </si>
   <si>
     <t>#52 Bryan Fraga - DT</t>
   </si>
   <si>
     <t>#74 Ronald Crawford - LDE</t>
   </si>
   <si>
-    <t>#21 Robert Brock - WLB</t>
+    <t>#21 Robert Brock - DT</t>
   </si>
   <si>
     <t>#2 Steven Alexander - SS</t>
   </si>
   <si>
     <t>#28 David King - CB</t>
   </si>
   <si>
     <t>#5 Patrick Moll - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 89-Joshua Williams ran to PIT 24 for -1 yards. Tackle by 41-Willie Kaufman.</t>
   </si>
@@ -371,75 +371,75 @@
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
     <t>#70 Alan Burns - LT</t>
   </si>
   <si>
     <t>#56 Christopher Johnston - LG</t>
   </si>
   <si>
     <t>#58 Fred Gray - C</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
     <t>#64 Trevor Perea - RT</t>
   </si>
   <si>
     <t>#99 Tommie Cox - LDE</t>
   </si>
   <si>
     <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - FS</t>
+    <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
     <t>#43 William Bowden - CB</t>
   </si>
   <si>
     <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#35 Jeffrey Beach - CB</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - FS</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>PIT 24</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>2-11-PIT 24 (14:26) 2-Alan Hemphill pass complete to 83-Jacob Spohn to PIT 30 for 6 yards. Tackle by 34-William Bowden.</t>
   </si>
   <si>
     <t>#86 Richard Reyes - WR</t>
   </si>
   <si>
     <t>#59 Michael Akins - LDE</t>
   </si>
   <si>
     <t>13:54</t>
   </si>
@@ -764,51 +764,51 @@
   <si>
     <t>#23 David Brown - RDE</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>6:11</t>
   </si>
   <si>
     <t>TBY 33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-TBY 33 (6:10) 9-Michael Willey 50 yard field goal is GOOD. PIT 3 TBY 0</t>
   </si>
   <si>
     <t>#9 Michael Willey - K</t>
   </si>
   <si>
-    <t>#79 Jody Randall - SS</t>
+    <t>#79 Jody Randall - RDE</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(6:07) 9-Michael Willey kicks 74 yards from PIT 35 to TBY -9. Touchback.</t>
   </si>
   <si>
     <t>#11 Ronnie Langley - WR</t>
   </si>
   <si>
     <t>#82 George Leach - C</t>
   </si>
   <si>
     <t>#86 Dennis Large - C</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>1-10-TBY 25 (6:07) 14-Jose Davila pass incomplete, dropped by 11-Joshua Hartfield.</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-10-TBY 25 (6:04) 10-Travis Palacios ran to TBY 25 for a short loss. Tackle by 98-Steven Alexander.</t>
   </si>
   <si>
     <t>5:24</t>
   </si>
   <si>
     <t>3-10-TBY 25 (5:23) 24-Joseph Bach ran to TBY 31 for 6 yards. Tackle by 53-Fred Puentes.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>4-4-TBY 31 (4:39) 7-Daniel Plemmons punts 54 yards to PIT 15. Fair Catch by 86-Richard Reyes. PIT 97-Frederick Kling was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#38 Travis Danner - CB</t>
+    <t>#38 Travis Danner - LDE</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-PIT 15 (4:32) 2-Alan Hemphill pass complete to 83-Jacob Spohn to PIT 18 for 3 yards. Tackle by 41-Willie Kaufman.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>PIT 18</t>
   </si>
   <si>
     <t>2-7-PIT 18 (3:57) 2-Alan Hemphill pass INTERCEPTED by 39-Murray Wood at PIT 22. 39-Murray Wood to PIT 22 for -0 yards. Tackle by 83-Jacob Spohn.</t>
   </si>
@@ -881,51 +881,51 @@
   <si>
     <t>1-10-PIT 22 (3:54) 24-Joseph Bach ran to PIT 16 for 6 yards. Tackle by 48-Christian Nguyen.</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
   <si>
     <t>PIT 16</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-4-PIT 16 (3:15) 14-Jose Davila pass complete to 81-Donald Altman for 16 yards. TOUCHDOWN! PIT 3 TBY 6</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>(3:11) Extra point GOOD by 5-Patrick Moll. PIT 3 TBY 7</t>
   </si>
   <si>
-    <t>#16 Michael Brennan - QB</t>
+    <t>#6 Michael Brennan - QB</t>
   </si>
   <si>
     <t>(3:11) 5-Patrick Moll kicks 74 yards from TBY 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 5 Wide FL Hook</t>
   </si>
   <si>
     <t>1-10-PIT 25 (3:11) 2-Alan Hemphill pass Pass knocked down by 34-William Bowden. incomplete, intended for 15-Morgan Mrozek.</t>
   </si>
   <si>
     <t>3:07</t>
   </si>
   <si>
     <t>2-10-PIT 25 (3:08) PENALTY - False Start (PIT 14-Bradford Smith)</t>
   </si>
   <si>
     <t>PIT 20</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-15-PIT 20 (3:08) 2-Alan Hemphill pass complete to 83-Jacob Spohn to PIT 27 for 7 yards. Tackle by 36-James Glass.</t>
   </si>
@@ -2307,60 +2307,60 @@
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>