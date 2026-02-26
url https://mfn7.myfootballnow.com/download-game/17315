--- v2 (2026-01-25)
+++ v3 (2026-02-26)
@@ -341,51 +341,51 @@
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 89-Joshua Williams ran to PIT 24 for -1 yards. Tackle by 41-Willie Kaufman.</t>
   </si>
   <si>
     <t>#2 Alan Hemphill - QB</t>
   </si>
   <si>
     <t>#45 David Nunn - RB</t>
   </si>
   <si>
     <t>#89 Joshua Williams - FB</t>
   </si>
   <si>
-    <t>#83 Jacob Spohn - TE</t>
+    <t>#83 Jacob Spohn - WR</t>
   </si>
   <si>
     <t>#14 Bradford Smith - WR</t>
   </si>
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
     <t>#70 Alan Burns - LT</t>
   </si>
   <si>
     <t>#56 Christopher Johnston - LG</t>
   </si>
   <si>
     <t>#58 Fred Gray - C</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
     <t>#64 Trevor Perea - RT</t>
   </si>
   <si>
     <t>#99 Tommie Cox - LDE</t>
   </si>