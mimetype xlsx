--- v0 (2025-11-08)
+++ v1 (2026-02-07)
@@ -362,51 +362,51 @@
   <si>
     <t>#37 Jess Young - FB</t>
   </si>
   <si>
     <t>#81 Jim Payton - WR</t>
   </si>
   <si>
     <t>#11 John Bentley - WR</t>
   </si>
   <si>
     <t>#19 Kenneth Linares - WR</t>
   </si>
   <si>
     <t>#66 Edgar Lemon - LT</t>
   </si>
   <si>
     <t>#62 Patrick Davidson - LG</t>
   </si>
   <si>
     <t>#76 Nicolas Dixon - C</t>
   </si>
   <si>
     <t>#73 Homer Pierce - LT</t>
   </si>
   <si>
-    <t>#62 Richard Carpenter - RT</t>
+    <t>#65 Richard Carpenter - RT</t>
   </si>
   <si>
     <t>#92 John Baxter - MLB</t>
   </si>
   <si>
     <t>#90 Milton Middaugh - RDE</t>
   </si>
   <si>
     <t>#96 Stanley Smith - RDE</t>
   </si>
   <si>
     <t>#92 Luke Haskins - WLB</t>
   </si>
   <si>
     <t>#9 Harvey Valero - CB</t>
   </si>
   <si>
     <t>#6 Robert Manning - SS</t>
   </si>
   <si>
     <t>#9 George Robinson - CB</t>
   </si>
   <si>
     <t>#23 Aaron Robertson - CB</t>
   </si>
@@ -434,90 +434,90 @@
   <si>
     <t>2-12-GBY 23 (14:27) 9-Woodrow Bentley pass Pass knocked down by 24-Robt Barnes. incomplete, intended for 19-Kenneth Linares.</t>
   </si>
   <si>
     <t>#88 David Ochoa - TE</t>
   </si>
   <si>
     <t>#89 James Birdwell - TE</t>
   </si>
   <si>
     <t>#37 Edward Carrasco - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>Singleback Normal Slot WR Cross</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-12-GBY 23 (14:25) 9-Woodrow Bentley pass Pass knocked down by 37-Edward Carrasco. incomplete, intended for 19-Kenneth Linares.</t>
   </si>
   <si>
-    <t>#49 Tomas Phillips - CB</t>
+    <t>#45 Tomas Phillips - CB</t>
   </si>
   <si>
     <t>#99 Leslie Tran - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-GBY 23 (14:21) 1-Rafael Hunt punts 45 yards to DAL 31. Fair Catch by 19-Timothy Baskett.</t>
   </si>
   <si>
     <t>#1 Rafael Hunt - P</t>
   </si>
   <si>
-    <t>#19 Timothy Baskett - WR</t>
+    <t>#16 Timothy Baskett - WR</t>
   </si>
   <si>
     <t>#26 Lynn Sharp - WR</t>
   </si>
   <si>
     <t>#40 Darell Null - SS</t>
   </si>
   <si>
     <t>#22 Michael Lopez - CB</t>
   </si>
   <si>
     <t>#20 Jeffery White - CB</t>
   </si>
   <si>
     <t>#64 Jonathan Daley - LG</t>
   </si>
   <si>
-    <t>#76 Terrance Corriveau - C</t>
+    <t>#56 Terrance Corriveau - C</t>
   </si>
   <si>
     <t>#57 Juan Rush - WLB</t>
   </si>
   <si>
     <t>#93 Adan Kennedy - CB</t>
   </si>
   <si>
     <t>#61 Douglas Rice - MLB</t>
   </si>
   <si>
     <t>#95 Stephen Parsons - RDE</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>DAL 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>#25 Nathaniel Queen - WR</t>
   </si>
   <si>
     <t>#44 Danny Tanner - WR</t>
   </si>
   <si>
     <t>#84 Dion Moody - WR</t>
   </si>
   <si>
     <t>#89 John Garrett - CB</t>
   </si>
   <si>
     <t>#52 Cecil Duncan - LT</t>
   </si>
   <si>
     <t>#77 Everett Short - LT</t>
   </si>
   <si>
     <t>#74 John Summerall - C</t>
   </si>
   <si>
     <t>#60 William Burnett - RG</t>
   </si>
   <si>
-    <t>#64 Silas Diaz - LG</t>
+    <t>#67 Silas Diaz - LT</t>
   </si>
   <si>
     <t>#61 Frederick Borkowski - DT</t>
   </si>
   <si>
     <t>#53 Brandon Fackler - MLB</t>
   </si>
   <si>
     <t>#25 Victor Boutin - FS</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>DAL 41</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-1-DAL 41 (13:40) 25-Nathaniel Queen ran to GBY 49 for 11 yards. Tackle by 32-Jeremy Hoffman.</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>DAL 4</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DAL 4 (6:51) 5-Adam Colon pass complete to 10-John Garrett to DAL 6 for 2 yards. Tackle by 40-Nathan Schrader.</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>DAL 6</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-8-DAL 6 (6:13) 5-Adam Colon pass Pass knocked down by 29-James Ricketts. incomplete, intended for 19-Timothy Baskett.</t>
   </si>
   <si>
-    <t>#59 Michael Reynolds - LDE</t>
+    <t>#52 Michael Reynolds - LDE</t>
   </si>
   <si>
     <t>6:08</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-8-DAL 6 (6:09) 5-Adam Colon pass Pass knocked down by 22-Dana Kaiser. incomplete, intended for 10-John Garrett.</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>4-8-DAL 6 (6:07) 2-Alex Garcia punts 51 yards to GBY 43. Fair Catch by 49-Perry Ward.</t>
   </si>
   <si>
     <t>#2 Alex Garcia - P</t>
   </si>
   <si>
     <t>#49 Thomas Underwood - CB</t>
   </si>
   <si>
     <t>5:59</t>
   </si>