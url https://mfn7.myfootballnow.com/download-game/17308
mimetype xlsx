--- v1 (2026-02-07)
+++ v2 (2026-03-09)
@@ -533,51 +533,51 @@
   <si>
     <t>#44 Danny Tanner - WR</t>
   </si>
   <si>
     <t>#84 Dion Moody - WR</t>
   </si>
   <si>
     <t>#89 John Garrett - CB</t>
   </si>
   <si>
     <t>#52 Cecil Duncan - LT</t>
   </si>
   <si>
     <t>#77 Everett Short - LT</t>
   </si>
   <si>
     <t>#74 John Summerall - C</t>
   </si>
   <si>
     <t>#60 William Burnett - RG</t>
   </si>
   <si>
     <t>#67 Silas Diaz - LT</t>
   </si>
   <si>
-    <t>#61 Frederick Borkowski - DT</t>
+    <t>#53 Frederick Borkowski - DT</t>
   </si>
   <si>
     <t>#53 Brandon Fackler - MLB</t>
   </si>
   <si>
     <t>#25 Victor Boutin - FS</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>DAL 41</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-1-DAL 41 (13:40) 25-Nathaniel Queen ran to GBY 49 for 11 yards. Tackle by 32-Jeremy Hoffman.</t>
   </si>
   <si>
     <t>#90 Samuel Hill - SLB</t>
   </si>