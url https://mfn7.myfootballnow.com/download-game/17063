--- v0 (2025-12-22)
+++ v1 (2026-03-02)
@@ -287,102 +287,102 @@
   <si>
     <t>PIT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-John Younce kicks 74 yards from ARZ 35 to PIT -9. Touchback.</t>
   </si>
   <si>
     <t>#43 David Richardson - RB</t>
   </si>
   <si>
     <t>#2 Steven Alexander - SS</t>
   </si>
   <si>
-    <t>#97 Frederick Kling - DT</t>
+    <t>#65 Frederick Kling - DT</t>
   </si>
   <si>
     <t>#95 Armando Bowie - WLB</t>
   </si>
   <si>
     <t>#28 David King - CB</t>
   </si>
   <si>
     <t>#35 Matthew Clark - CB</t>
   </si>
   <si>
     <t>#51 John Varela - SLB</t>
   </si>
   <si>
     <t>#74 Ronald Crawford - LDE</t>
   </si>
   <si>
-    <t>#21 Robert Brock - WLB</t>
+    <t>#21 Robert Brock - DT</t>
   </si>
   <si>
     <t>#52 Bryan Fraga - DT</t>
   </si>
   <si>
     <t>#79 Johnny Ayers - SLB</t>
   </si>
   <si>
     <t>#9 John Younce - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 2-Alan Hemphill pass incomplete, dropped by 83-Jacob Spohn. That was a dangerous pass. Pressure by 67-Christopher Miller. PENALTY - Pass Interference (ARZ 29-Aubrey Carroll)</t>
   </si>
   <si>
     <t>#2 Alan Hemphill - QB</t>
   </si>
   <si>
     <t>#45 David Nunn - RB</t>
   </si>
   <si>
-    <t>#83 Jacob Spohn - TE</t>
+    <t>#83 Jacob Spohn - WR</t>
   </si>
   <si>
     <t>#85 Brendan Hunter - TE</t>
   </si>
   <si>
     <t>#14 Bradford Smith - WR</t>
   </si>
   <si>
     <t>#88 Donald Chase - WR</t>
   </si>
   <si>
     <t>#70 Alan Burns - LT</t>
   </si>
   <si>
     <t>#67 Robert Castillo - RG</t>
   </si>
   <si>
     <t>#58 Fred Gray - C</t>
   </si>
   <si>
     <t>#66 Glenn Turner - LG</t>
   </si>
   <si>
     <t>#64 Trevor Perea - RT</t>
   </si>
@@ -428,51 +428,51 @@
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-PIT 32 (14:57) 2-Alan Hemphill pass Pass knocked down by 45-Woodrow Hoppe. incomplete, intended for 14-Bradford Smith.</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-PIT 32 (14:53) 2-Alan Hemphill pass complete to 83-Jacob Spohn to PIT 37 for 6 yards. Tackle by 41-Jeffrey Beebe.</t>
   </si>
   <si>
     <t>#23 James Binion - RB</t>
   </si>
   <si>
-    <t>#95 Richard Sawyers - WLB</t>
+    <t>#91 Richard Sawyers - WLB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>PIT 37</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-4-PIT 37 (14:07) 45-David Nunn ran to PIT 38 for 1 yards. Tackle by 63-Reynaldo Thompson.</t>
   </si>
   <si>
     <t>#16 Julio Fletcher - WR</t>
   </si>
   <si>
     <t>#86 Richard Reyes - WR</t>
   </si>
   <si>
     <t>#33 Randy Lee - CB</t>
   </si>
   <si>
     <t>#27 Carlos Kelton - CB</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>2-1-PIT 34 (6:59) 2-Alan Hemphill ran for 66 yards. TOUCHDOWN! PIT 6 ARZ 3</t>
   </si>
   <si>
     <t>6:45</t>
   </si>
   <si>
     <t>ARZ 15</t>
   </si>
   <si>
     <t>(6:46) Extra point GOOD by 9-Michael Willey. PIT 7 ARZ 3</t>
   </si>
   <si>
     <t>#9 Michael Willey - K</t>
   </si>
   <si>
     <t>#71 Jerry Parker - RT</t>
   </si>
   <si>
     <t>#53 Morris Leon - MLB</t>
   </si>
   <si>
     <t>#50 John Duke - RDE</t>
   </si>
   <si>
-    <t>#69 Joseph Pyle - DT</t>
+    <t>#64 Joseph Pyle - DT</t>
   </si>
   <si>
     <t>#93 Nicholas Owen - LDE</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(6:46) 9-Michael Willey kicks 75 yards from PIT 35 to ARZ -10. Touchback.</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (6:46) 21-Billy Copland ran to ARZ 24 for -1 yards. Tackle by 95-Armando Bowie.</t>
   </si>
   <si>
     <t>#69 Barry Hernandez - RDE</t>
   </si>
   <si>
     <t>6:13</t>
   </si>
   <si>
     <t>ARZ 24</t>
   </si>
@@ -1649,51 +1649,51 @@
   <si>
     <t>1-5-ARZ 5 (3:06) 2-Alan Hemphill pass complete to 14-Bradford Smith for 5 yards. TOUCHDOWN! Nice job by 14-Bradford Smith on that route to lose his coverage. PIT 29 ARZ 10</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>(3:03) Extra point GOOD by 9-Michael Willey. PIT 30 ARZ 10</t>
   </si>
   <si>
     <t>(3:03) 9-Michael Willey kicks 75 yards from PIT 35 to ARZ -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (3:03) 5-William Harvey pass Pass knocked down by 48-Christian Nguyen. incomplete, intended for 13-Phillip Reeves.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>2-10-ARZ 25 (3:00) 21-Billy Copland ran to ARZ 26 for 1 yards. Tackle by 51-John Varela.</t>
   </si>
   <si>
     <t>3-9-ARZ 26 (2:23) 88-George Mann ran to ARZ 28 for 1 yards. Tackle by 51-John Varela.</t>
   </si>
   <si>
-    <t>#35 George Mann - RB</t>
+    <t>#27 George Mann - RB</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>ARZ 28</t>
   </si>
   <si>
     <t>4-7-ARZ 28 (1:38) 8-Peter Temple punts 54 yards to PIT 19. 86-Richard Reyes to PIT 26 for 8 yards. Tackle by 41-Jeffrey Beebe.</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>Quarter Normal Cover 4</t>
   </si>
   <si>
     <t>1-10-PIT 26 (1:30) 2-Alan Hemphill pass incomplete, dropped by 86-Richard Reyes. That was a dangerous pass. ARZ 65-Randolph Tessier was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>2-10-PIT 26 (1:27) 2-Alan Hemphill pass incomplete, intended for 88-Donald Chase. PIT 64-Trevor Perea was injured on the play. He looks like he should be able to return.</t>
   </si>