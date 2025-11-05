--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -302,54 +302,54 @@
   <si>
     <t>(15:00) 9-Freddy Till kicks 75 yards from TEN 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>#11 Ronnie Langley - WR</t>
   </si>
   <si>
     <t>#40 Milton Gray - C</t>
   </si>
   <si>
     <t>#50 Clarence Johnson - RG</t>
   </si>
   <si>
     <t>#30 Phillip Maclean - SS</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#86 Dennis Large - C</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
-    <t>#1 Mark Weymouth - WR</t>
-[...2 lines deleted...]
-    <t>#81 Donald Altman - RB</t>
+    <t>#1 Mark Weymouth - C</t>
+  </si>
+  <si>
+    <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#17 Keith Begay - WR</t>
   </si>
   <si>
     <t>#77 Jimmy Devore - C</t>
   </si>
   <si>
     <t>#9 Freddy Till - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 24-Joseph Bach ran to TBY 18 for -7 yards. Tackle by 35-Art Crump. 20-Stephen Newman was completely beat on that play.</t>
   </si>
@@ -476,102 +476,102 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-19-TBY 16 (13:32) 7-Daniel Plemmons punts 49 yards to TEN 35. Fair Catch by 15-John Stephens.</t>
   </si>
   <si>
     <t>#7 Daniel Plemmons - P</t>
   </si>
   <si>
     <t>#62 Roy Tucker - RG</t>
   </si>
   <si>
     <t>#89 John Stephens - WR</t>
   </si>
   <si>
     <t>#36 James Glass - CB</t>
   </si>
   <si>
     <t>#99 John Williams - DT</t>
   </si>
   <si>
     <t>#70 William Jones - DT</t>
   </si>
   <si>
-    <t>#95 Tyrone Priest - LDE</t>
+    <t>#64 Tyrone Priest - LDE</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEN 35 (13:25) 80-Cedric Ware ran to TEN 33 for -2 yards. Tackle by 23-David Brown.</t>
   </si>
   <si>
     <t>#15 Colin Fite - QB</t>
   </si>
   <si>
     <t>#80 Cedric Ware - WR</t>
   </si>
   <si>
     <t>#86 Raymond Stout - WR</t>
   </si>
   <si>
     <t>#16 Douglas Glover - WR</t>
   </si>
   <si>
     <t>#10 Gary Pirtle - WR</t>
   </si>
   <si>
     <t>#6 David Faulkner - WR</t>
   </si>
   <si>
     <t>#60 James Kesterson - LT</t>
   </si>
   <si>
     <t>#75 Juan Prendergast - RT</t>
   </si>
   <si>
     <t>#79 William Jefferson - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#99 Tommie Cox - LDE</t>
   </si>
   <si>
-    <t>#47 Robert Martell - SS</t>
+    <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
     <t>#96 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#23 David Brown - RDE</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>#33 Jared Jefcoat - LDE</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
     <t>#46 Jose Aguilera - FS</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
@@ -932,51 +932,51 @@
   <si>
     <t>2-6-TEN 29 (12:47) 7-Colin Fite pass complete to 10-Gary Pirtle to TEN 45 for 15 yards. Tackle by 41-Willie Kaufman.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>TEN 45</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-TEN 45 (12:05) 7-Colin Fite pass complete to 87-Barry Page to TEN 47 for 2 yards. Tackle by 37-Terry Dardar.</t>
   </si>
   <si>
     <t>#42 Jason Berryman - RB</t>
   </si>
   <si>
     <t>#16 Lance Costillo - WR</t>
   </si>
   <si>
-    <t>#5 Earnest Graziano - WR</t>
+    <t>#80 Earnest Graziano - WR</t>
   </si>
   <si>
     <t>#37 Terry Dardar - RDE</t>
   </si>
   <si>
     <t>#2 Michael Roper - CB</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>TEN 47</t>
   </si>
   <si>
     <t>2-8-TEN 47 (11:22) 7-Colin Fite pass complete to 87-Barry Page to TEN 49 for 2 yards. Tackle by 47-Robert Martell.</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>TEN 49</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
@@ -2169,51 +2169,51 @@
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="314.923" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>