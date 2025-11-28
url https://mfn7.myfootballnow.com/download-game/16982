--- v1 (2025-11-05)
+++ v2 (2025-11-28)
@@ -287,51 +287,51 @@
   <si>
     <t>TBY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Freddy Till kicks 75 yards from TEN 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>#11 Ronnie Langley - WR</t>
   </si>
   <si>
     <t>#40 Milton Gray - C</t>
   </si>
   <si>
-    <t>#50 Clarence Johnson - RG</t>
+    <t>#76 Clarence Johnson - RG</t>
   </si>
   <si>
     <t>#30 Phillip Maclean - SS</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#86 Dennis Large - C</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
     <t>#1 Mark Weymouth - C</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#17 Keith Begay - WR</t>
   </si>
   <si>
     <t>#77 Jimmy Devore - C</t>
   </si>
@@ -344,51 +344,51 @@
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 24-Joseph Bach ran to TBY 18 for -7 yards. Tackle by 35-Art Crump. 20-Stephen Newman was completely beat on that play.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
     <t>#24 Joseph Bach - WR</t>
   </si>
   <si>
     <t>#69 Stephen Newman - WR</t>
   </si>
   <si>
     <t>#67 Samuel Schild - C</t>
   </si>
   <si>
-    <t>#53 Pedro Lewis - LDE</t>
+    <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>#90 Kelly Lemmon - DT</t>
   </si>
   <si>
     <t>#93 Harold Stefanski - RDE</t>
   </si>
   <si>
     <t>#43 Scott Foster - CB</t>
   </si>
   <si>
     <t>#56 Steven Day - WLB</t>
   </si>
   <si>
     <t>#21 Kyle Hinds - FS</t>
   </si>
   <si>
     <t>#35 Art Crump - CB</t>
   </si>
   <si>
     <t>#20 Lawrence Robinson - CB</t>
   </si>
   <si>
     <t>#41 James Carr - FS</t>
   </si>
@@ -434,84 +434,84 @@
   <si>
     <t>TBY 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-9-TBY 26 (13:34) 14-Jose Davila sacked at TBY 16 for -10 yards (53-Pedro Lewis). Sack allowed by 74-Samuel Schild. PENALTY - Holding (TBY 77-Jimmy Devore) (Declined)</t>
   </si>
   <si>
     <t>#89 Edward Lease - WR</t>
   </si>
   <si>
     <t>#70 Steven Gonzales - C</t>
   </si>
   <si>
     <t>#73 Tom Murry - C</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
-    <t>#54 Christopher Guerra - MLB</t>
+    <t>#95 Christopher Guerra - MLB</t>
   </si>
   <si>
     <t>#52 David Wilmoth - WLB</t>
   </si>
   <si>
     <t>#49 Darwin Jadoo - SS</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>TBY 16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-19-TBY 16 (13:32) 7-Daniel Plemmons punts 49 yards to TEN 35. Fair Catch by 15-John Stephens.</t>
   </si>
   <si>
     <t>#7 Daniel Plemmons - P</t>
   </si>
   <si>
     <t>#62 Roy Tucker - RG</t>
   </si>
   <si>
     <t>#89 John Stephens - WR</t>
   </si>
   <si>
-    <t>#36 James Glass - CB</t>
+    <t>#36 James Glass - SS</t>
   </si>
   <si>
     <t>#99 John Williams - DT</t>
   </si>
   <si>
     <t>#70 William Jones - DT</t>
   </si>
   <si>
     <t>#64 Tyrone Priest - LDE</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEN 35 (13:25) 80-Cedric Ware ran to TEN 33 for -2 yards. Tackle by 23-David Brown.</t>
   </si>
   <si>
     <t>#15 Colin Fite - QB</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
     <t>#46 Jose Aguilera - FS</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>TEN 33</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-12-TEN 33 (12:50) 7-Colin Fite pass complete to 16-Douglas Glover to TEN 35 for 2 yards. Tackle by 33-Jared Jefcoat.</t>
   </si>
   <si>
     <t>#39 Bruce McCarville - RB</t>
   </si>
   <si>
     <t>#87 Barry Page - FB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - CB</t>
+    <t>#39 Murray Wood - FS</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>3-10-TEN 35 (12:13) 80-Cedric Ware ran to TEN 39 for 4 yards. Tackle by 60-Jae Silva.</t>
   </si>
   <si>
     <t>#59 Michael Akins - LDE</t>
   </si>
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
     <t>#43 William Bowden - CB</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
@@ -971,51 +971,51 @@
   <si>
     <t>2-8-TEN 47 (11:22) 7-Colin Fite pass complete to 87-Barry Page to TEN 49 for 2 yards. Tackle by 47-Robert Martell.</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>TEN 49</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>3-6-TEN 49 (10:37) 7-Colin Fite pass complete to 86-Raymond Stout to TBY 44 for 7 yards. Tackle by 25-Phillip Maclean.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-TBY 44 (9:52) 80-Cedric Ware ran to TBY 32 for 12 yards. Tackle by 46-Jose Aguilera.</t>
   </si>
   <si>
-    <t>#38 Travis Danner - RDE</t>
+    <t>#38 Travis Danner - CB</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>TBY 32</t>
   </si>
   <si>
     <t>1-10-TBY 32 (9:14) 7-Colin Fite pass INTERCEPTED by 33-Jared Jefcoat at TBY 28. 33-Jared Jefcoat to TBY 29 for 0 yards. Tackle by 42-Jason Berryman.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>TBY 29</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-TBY 29 (9:11) 14-Jose Davila sacked at TBY 19 for -10 yards (38-Scott Foster)</t>
   </si>
   <si>
     <t>8:34</t>
   </si>