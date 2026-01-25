--- v2 (2025-11-28)
+++ v3 (2026-01-25)
@@ -530,135 +530,135 @@
   <si>
     <t>#6 David Faulkner - WR</t>
   </si>
   <si>
     <t>#60 James Kesterson - LT</t>
   </si>
   <si>
     <t>#75 Juan Prendergast - RT</t>
   </si>
   <si>
     <t>#79 William Jefferson - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#99 Tommie Cox - LDE</t>
   </si>
   <si>
     <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#23 David Brown - RDE</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>#33 Jared Jefcoat - LDE</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - FS</t>
+    <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>TEN 33</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-12-TEN 33 (12:50) 7-Colin Fite pass complete to 16-Douglas Glover to TEN 35 for 2 yards. Tackle by 33-Jared Jefcoat.</t>
   </si>
   <si>
     <t>#39 Bruce McCarville - RB</t>
   </si>
   <si>
     <t>#87 Barry Page - FB</t>
   </si>
   <si>
-    <t>#39 Murray Wood - FS</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>3-10-TEN 35 (12:13) 80-Cedric Ware ran to TEN 39 for 4 yards. Tackle by 60-Jae Silva.</t>
   </si>
   <si>
     <t>#59 Michael Akins - LDE</t>
   </si>
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
     <t>#43 William Bowden - CB</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>TEN 39</t>
   </si>
   <si>
     <t>4-6-TEN 39 (11:37) 12-Glenn Robles punts 42 yards to TBY 19.</t>
   </si>
   <si>
     <t>#12 Glenn Robles - P</t>
   </si>
   <si>
     <t>#42 Rodney Sneed - CB</t>
   </si>
   <si>
     <t>#13 Kenneth Neely - CB</t>
   </si>
   <si>
     <t>#59 Matthew White - LG</t>
   </si>
   <si>
-    <t>#66 Rodney McLean - C</t>
+    <t>#63 Rodney McLean - C</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>TBY 19</t>
   </si>
   <si>
     <t>1-10-TBY 19 (11:28) 14-Jose Davila pass complete to 83-William Breshears to TBY 28 for 10 yards. Tackle by 24-John Fields. 83-William Breshears breaks down the CB.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>TBY 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-1-TBY 28 (10:51) 1-Mark Weymouth ran to TBY 35 for 6 yards. Tackle by 24-John Fields.</t>
   </si>
   <si>
     <t>#10 Travis Palacios - WR</t>
   </si>
@@ -971,51 +971,51 @@
   <si>
     <t>2-8-TEN 47 (11:22) 7-Colin Fite pass complete to 87-Barry Page to TEN 49 for 2 yards. Tackle by 47-Robert Martell.</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>TEN 49</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>3-6-TEN 49 (10:37) 7-Colin Fite pass complete to 86-Raymond Stout to TBY 44 for 7 yards. Tackle by 25-Phillip Maclean.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-TBY 44 (9:52) 80-Cedric Ware ran to TBY 32 for 12 yards. Tackle by 46-Jose Aguilera.</t>
   </si>
   <si>
-    <t>#38 Travis Danner - CB</t>
+    <t>#38 Travis Danner - LDE</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>TBY 32</t>
   </si>
   <si>
     <t>1-10-TBY 32 (9:14) 7-Colin Fite pass INTERCEPTED by 33-Jared Jefcoat at TBY 28. 33-Jared Jefcoat to TBY 29 for 0 yards. Tackle by 42-Jason Berryman.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>TBY 29</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-TBY 29 (9:11) 14-Jose Davila sacked at TBY 19 for -10 yards (38-Scott Foster)</t>
   </si>
   <si>
     <t>8:34</t>
   </si>