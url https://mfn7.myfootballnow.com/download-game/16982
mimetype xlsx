--- v3 (2026-01-25)
+++ v4 (2026-02-26)
@@ -566,51 +566,51 @@
   <si>
     <t>#33 Jared Jefcoat - LDE</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
     <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>TEN 33</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-12-TEN 33 (12:50) 7-Colin Fite pass complete to 16-Douglas Glover to TEN 35 for 2 yards. Tackle by 33-Jared Jefcoat.</t>
   </si>
   <si>
     <t>#39 Bruce McCarville - RB</t>
   </si>
   <si>
-    <t>#87 Barry Page - FB</t>
+    <t>#40 Barry Page - FB</t>
   </si>
   <si>
     <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>3-10-TEN 35 (12:13) 80-Cedric Ware ran to TEN 39 for 4 yards. Tackle by 60-Jae Silva.</t>
   </si>
   <si>
     <t>#59 Michael Akins - LDE</t>
   </si>
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
     <t>#43 William Bowden - CB</t>
   </si>