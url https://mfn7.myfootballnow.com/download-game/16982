--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -368,51 +368,51 @@
   <si>
     <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>#90 Kelly Lemmon - DT</t>
   </si>
   <si>
     <t>#93 Harold Stefanski - RDE</t>
   </si>
   <si>
     <t>#43 Scott Foster - CB</t>
   </si>
   <si>
     <t>#56 Steven Day - WLB</t>
   </si>
   <si>
     <t>#21 Kyle Hinds - FS</t>
   </si>
   <si>
     <t>#35 Art Crump - CB</t>
   </si>
   <si>
     <t>#20 Lawrence Robinson - CB</t>
   </si>
   <si>
-    <t>#41 James Carr - FS</t>
+    <t>#2 James Carr - CB</t>
   </si>
   <si>
     <t>#24 John Fields - SS</t>
   </si>
   <si>
     <t>#31 Craig Getchell - CB</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>TBY 18</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-17-TBY 18 (14:20) 14-Jose Davila pass complete to 83-William Breshears to TBY 26 for 8 yards. Tackle by 24-John Fields. 83-William Breshears did some fancy footwork there.</t>
   </si>
   <si>
     <t>#13 William Breshears - WR</t>
   </si>