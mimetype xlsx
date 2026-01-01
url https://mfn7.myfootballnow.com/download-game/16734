--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -389,54 +389,54 @@
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
     <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
     <t>#98 Lorenzo McDaniel - LDE</t>
   </si>
   <si>
     <t>#96 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#23 David Brown - RDE</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>#33 Jared Jefcoat - LDE</t>
   </si>
   <si>
-    <t>#36 James Glass - CB</t>
-[...2 lines deleted...]
-    <t>#39 Murray Wood - CB</t>
+    <t>#36 James Glass - SS</t>
+  </si>
+  <si>
+    <t>#39 Murray Wood - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>GBY 24</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-11-GBY 24 (14:23) 9-Woodrow Bentley pass Pass knocked down by 33-Jared Jefcoat. incomplete, intended for 88-David Ochoa.</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#47 Keith Ramsey - SS</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>TBY 42</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-TBY 42 (12:57) 14-Jose Davila pass complete to 24-Joseph Bach to GBY 46 for 13 yards. Tackle by 29-James Ricketts. TBY 70-Steven Gonzales was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#17 Keith Begay - WR</t>
   </si>
   <si>
     <t>#54 Ervin Moore - C</t>
   </si>
   <si>
-    <t>#50 Clarence Johnson - RG</t>
+    <t>#76 Clarence Johnson - RG</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>GBY 46</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-GBY 46 (12:17) 14-Jose Davila pass INTERCEPTED by 29-James Ricketts at GBY 37. 29-James Ricketts to GBY 50 for 13 yards.</t>
   </si>
   <si>
     <t>#73 Tom Murry - C</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>GBY 50</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>2-11-GBY 49 (11:31) 9-Woodrow Bentley sacked at GBY 40 for -8 yards (47-Robert Martell). Sack allowed by 53-Nicolas Dixon.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>GBY 40</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-20-GBY 40 (10:48) 9-Woodrow Bentley pass complete to 37-Jess Young to GBY 42 for 2 yards. Tackle by 26-Roderick Lewis. 37-Jess Young breaks down the CB.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>GBY 42</t>
   </si>
   <si>
     <t>4-18-GBY 42 (10:01) 1-Rafael Hunt punts 47 yards to TBY 10. Fair Catch by 24-Joseph Bach.</t>
   </si>
   <si>
-    <t>#38 Travis Danner - RDE</t>
+    <t>#38 Travis Danner - CB</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>TBY 10</t>
   </si>
   <si>
     <t>1-10-TBY 10 (9:55) 14-Jose Davila pass complete to 89-Edward Lease to TBY 21 for 10 yards. Tackle by 39-Keith Ramsey. TBY 24-Joseph Bach was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>TBY 21</t>
   </si>
   <si>
     <t>1-10-TBY 21 (9:14) 14-Jose Davila pass incomplete, dropped by 83-William Breshears. Pressure by 75-William Hanrahan.</t>
   </si>
   <si>
     <t>#10 Travis Palacios - WR</t>
   </si>
   <si>
     <t>9:09</t>
   </si>