--- v1 (2026-01-01)
+++ v2 (2026-01-31)
@@ -359,84 +359,84 @@
   <si>
     <t>#30 Hugh Reynolds - RB</t>
   </si>
   <si>
     <t>#37 Jess Young - FB</t>
   </si>
   <si>
     <t>#88 David Ochoa - TE</t>
   </si>
   <si>
     <t>#89 James Birdwell - TE</t>
   </si>
   <si>
     <t>#66 Edgar Lemon - LT</t>
   </si>
   <si>
     <t>#62 Patrick Davidson - LG</t>
   </si>
   <si>
     <t>#76 Nicolas Dixon - C</t>
   </si>
   <si>
     <t>#61 Larry McGowan - RG</t>
   </si>
   <si>
-    <t>#62 Richard Carpenter - RT</t>
+    <t>#65 Richard Carpenter - RT</t>
   </si>
   <si>
     <t>#99 Tommie Cox - LDE</t>
   </si>
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
     <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
     <t>#98 Lorenzo McDaniel - LDE</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#23 David Brown - RDE</t>
   </si>
   <si>
     <t>#41 Willie Kaufman - CB</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>#33 Jared Jefcoat - LDE</t>
   </si>
   <si>
     <t>#36 James Glass - SS</t>
   </si>
   <si>
-    <t>#39 Murray Wood - FS</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>GBY 24</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-11-GBY 24 (14:23) 9-Woodrow Bentley pass Pass knocked down by 33-Jared Jefcoat. incomplete, intended for 88-David Ochoa.</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>#24 Joseph Bach - WR</t>
   </si>
   <si>
     <t>#40 Milton Gray - C</t>
   </si>
   <si>
     <t>#42 Rodney Sneed - CB</t>
   </si>
   <si>
     <t>#70 Steven Gonzales - C</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
     <t>#13 Kenneth Neely - CB</t>
   </si>
   <si>
     <t>#73 Homer Pierce - LT</t>
   </si>
   <si>
     <t>#64 Jonathan Daley - LG</t>
   </si>
   <si>
-    <t>#76 Terrance Corriveau - C</t>
+    <t>#56 Terrance Corriveau - C</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-TBY 27 (13:35) 14-Jose Davila pass complete to 89-Edward Lease to TBY 42 for 15 yards. Tackle by 40-Nathan Schrader. TBY 76-Alex James was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
     <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#13 William Breshears - WR</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>2-11-GBY 49 (11:31) 9-Woodrow Bentley sacked at GBY 40 for -8 yards (47-Robert Martell). Sack allowed by 53-Nicolas Dixon.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>GBY 40</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-20-GBY 40 (10:48) 9-Woodrow Bentley pass complete to 37-Jess Young to GBY 42 for 2 yards. Tackle by 26-Roderick Lewis. 37-Jess Young breaks down the CB.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>GBY 42</t>
   </si>
   <si>
     <t>4-18-GBY 42 (10:01) 1-Rafael Hunt punts 47 yards to TBY 10. Fair Catch by 24-Joseph Bach.</t>
   </si>
   <si>
-    <t>#38 Travis Danner - CB</t>
+    <t>#38 Travis Danner - LDE</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>TBY 10</t>
   </si>
   <si>
     <t>1-10-TBY 10 (9:55) 14-Jose Davila pass complete to 89-Edward Lease to TBY 21 for 10 yards. Tackle by 39-Keith Ramsey. TBY 24-Joseph Bach was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>TBY 21</t>
   </si>
   <si>
     <t>1-10-TBY 21 (9:14) 14-Jose Davila pass incomplete, dropped by 83-William Breshears. Pressure by 75-William Hanrahan.</t>
   </si>
   <si>
     <t>#10 Travis Palacios - WR</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>GBY 2</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>(6:21) 14-Jose Davila pass complete to 83-William Breshears to GBY 0 for 2 yards. Tackle by 20-Edward Ross.</t>
   </si>
   <si>
     <t>(6:21) 5-Patrick Moll kicks 74 yards from TBY 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-GBY 25 (6:21) 9-Woodrow Bentley pass complete to 88-David Ochoa to GBY 30 for 5 yards. Tackle by 46-Jose Aguilera. TBY 99-Tommie Cox was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - FS</t>
+    <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>2-5-GBY 30 (5:43) 9-Woodrow Bentley pass Pass knocked down by 39-Murray Wood. incomplete, intended for 89-James Birdwell.</t>
   </si>
   <si>
     <t>#43 William Bowden - CB</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>3-5-GBY 30 (5:40) 9-Woodrow Bentley pass Pass knocked down by 36-James Glass. incomplete, intended for 19-Kenneth Linares. GBY 49-Perry Ward was injured on the play. He looks like he should be able to return. PENALTY - Pass Interference (TBY 36-James Glass)</t>
   </si>