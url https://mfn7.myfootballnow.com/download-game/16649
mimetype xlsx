--- v0 (2025-10-15)
+++ v1 (2025-11-28)
@@ -305,99 +305,99 @@
   <si>
     <t>#87 Kevin Vasquez - WR</t>
   </si>
   <si>
     <t>#72 Carl Bracy - C</t>
   </si>
   <si>
     <t>#59 Craig Johnson - C</t>
   </si>
   <si>
     <t>#82 George Leach - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#4 Heath Miller - C</t>
   </si>
   <si>
     <t>#1 Nathan Schwartz - C</t>
   </si>
   <si>
     <t>#16 Roy Mathew - WR</t>
   </si>
   <si>
-    <t>#81 Donald Altman - RB</t>
+    <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#80 Francisco Beatty - WR</t>
   </si>
   <si>
     <t>#77 Jimmy Devore - C</t>
   </si>
   <si>
     <t>#9 Freddy Till - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 14-Jose Davila pass complete to 89-Edward Lease to TBY 35 for 10 yards. Tackle by 35-Art Crump.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
   <si>
     <t>#24 Joseph Bach - WR</t>
   </si>
   <si>
     <t>#13 William Breshears - WR</t>
   </si>
   <si>
     <t>#89 Edward Lease - WR</t>
   </si>
   <si>
     <t>#69 Stephen Newman - WR</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
     <t>#57 Jerry McAdoo - C</t>
   </si>
   <si>
-    <t>#53 Pedro Lewis - LDE</t>
+    <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>#99 John Williams - DT</t>
   </si>
   <si>
     <t>#90 Kelly Lemmon - DT</t>
   </si>
   <si>
     <t>#70 William Jones - DT</t>
   </si>
   <si>
     <t>#57 Erik Herring - WLB</t>
   </si>
   <si>
     <t>#56 Steven Day - WLB</t>
   </si>
   <si>
     <t>#35 Art Crump - CB</t>
   </si>
   <si>
     <t>#20 Lawrence Robinson - CB</t>
   </si>
   <si>
     <t>#43 Scott Foster - CB</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>1-10-TBY 35 (14:14) 14-Jose Davila sacked at TBY 27 for -9 yards (90-Kelly Lemmon). Sack allowed by 77-Jimmy Devore.</t>
   </si>
   <si>
     <t>#93 Harold Stefanski - RDE</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-19-TBY 27 (13:34) 39-Murray Wood ran to TBY 32 for 5 yards. Tackle by 59-Robert Stratton.</t>
   </si>
   <si>
-    <t>#39 Murray Wood - CB</t>
+    <t>#39 Murray Wood - FS</t>
   </si>
   <si>
     <t>#59 Robert Stratton - SLB</t>
   </si>
   <si>
     <t>#98 Robert Farrer - MLB</t>
   </si>
   <si>
     <t>#52 David Wilmoth - WLB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>TBY 32</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>3-14-TBY 32 (13:01) 14-Jose Davila pass complete to 89-Edward Lease to TBY 31 for a short loss. Tackle by 20-Lawrence Robinson.</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>#7 Daniel Plemmons - P</t>
   </si>
   <si>
     <t>#65 Horace Giunta - C</t>
   </si>
   <si>
     <t>#13 Joseph Ireland - WR</t>
   </si>
   <si>
     <t>#26 Juan Hardy - FS</t>
   </si>
   <si>
     <t>#28 Travis Sanger - CB</t>
   </si>
   <si>
     <t>#27 Joshua Ward - CB</t>
   </si>
   <si>
     <t>#26 Roderick Lewis - LDE</t>
   </si>
   <si>
     <t>#21 Kevin Frenette - FS</t>
   </si>
   <si>
-    <t>#95 Tyrone Priest - LDE</t>
+    <t>#64 Tyrone Priest - LDE</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>TEN 18</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEN 18 (12:13) 7-Colin Fite pass complete to 80-Cedric Ware to TEN 30 for 12 yards. Tackle by 48-Leon Cannon.</t>
   </si>
   <si>
     <t>#15 Colin Fite - QB</t>
   </si>
   <si>
     <t>#87 Barry Page - FB</t>
   </si>
   <si>
     <t>#80 Cedric Ware - WR</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>TEN 33</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-7-TEN 33 (10:47) 7-Colin Fite pass INTERCEPTED by 39-Murray Wood at TEN 36. 39-Murray Wood to TEN 35 for 1 yards. Tackle by 86-Raymond Stout.</t>
   </si>
   <si>
     <t>#11 Charles Gumm - WR</t>
   </si>
   <si>
     <t>#42 Jason Berryman - RB</t>
   </si>
   <si>
     <t>#98 Lorenzo McDaniel - LDE</t>
   </si>
   <si>
-    <t>#47 Robert Martell - SS</t>
+    <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-TEN 35 (10:44) 24-Joseph Bach ran to TEN 31 for 4 yards. Tackle by 91-Erik Herring. 4-Heath Miller completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>TEN 31</t>
   </si>
   <si>
     <t>2-6-TEN 31 (10:03) 14-Jose Davila sacked at TEN 40 for -10 yards (53-Pedro Lewis). Sack allowed by 1-Nathan Schwartz.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>3-12-TEN 2 (8:01) 7-Colin Fite pass Pass knocked down by 52-Gerald Webster. incomplete, intended for 10-Gary Pirtle.</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>4-12-TEN 2 (7:57) 12-Glenn Robles punts 50 yards to TBY 48. 24-Joseph Bach to TEN 38 for 14 yards. Tackle by 75-Juan Prendergast.</t>
   </si>
   <si>
     <t>#12 Glenn Robles - P</t>
   </si>
   <si>
     <t>#42 Rodney Sneed - CB</t>
   </si>
   <si>
     <t>#13 Kenneth Neely - CB</t>
   </si>
   <si>
     <t>#39 Bruce McCarville - RB</t>
   </si>
   <si>
     <t>#73 David Smith - C</t>
   </si>
   <si>
-    <t>#67 Mike Latham - RT</t>
+    <t>#60 Mike Latham - RT</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>TEN 38</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-TEN 38 (7:49) 39-Murray Wood ran to TEN 34 for 4 yards. Tackle by 38-Scott Foster.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>TEN 34</t>
   </si>
   <si>
     <t>2-6-TEN 34 (7:08) 14-Jose Davila pass incomplete, intended for 89-Edward Lease.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
@@ -2312,51 +2312,51 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
@@ -2364,51 +2364,51 @@
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>