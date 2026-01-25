--- v1 (2025-11-28)
+++ v2 (2026-01-25)
@@ -413,51 +413,51 @@
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>1-10-TBY 35 (14:14) 14-Jose Davila sacked at TBY 27 for -9 yards (90-Kelly Lemmon). Sack allowed by 77-Jimmy Devore.</t>
   </si>
   <si>
     <t>#93 Harold Stefanski - RDE</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-19-TBY 27 (13:34) 39-Murray Wood ran to TBY 32 for 5 yards. Tackle by 59-Robert Stratton.</t>
   </si>
   <si>
-    <t>#39 Murray Wood - FS</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>#59 Robert Stratton - SLB</t>
   </si>
   <si>
     <t>#98 Robert Farrer - MLB</t>
   </si>
   <si>
     <t>#52 David Wilmoth - WLB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>TBY 32</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>3-14-TBY 32 (13:01) 14-Jose Davila pass complete to 89-Edward Lease to TBY 31 for a short loss. Tackle by 20-Lawrence Robinson.</t>
   </si>
@@ -542,72 +542,72 @@
   <si>
     <t>#86 Raymond Stout - WR</t>
   </si>
   <si>
     <t>#75 Juan Prendergast - RT</t>
   </si>
   <si>
     <t>#59 Matthew White - LG</t>
   </si>
   <si>
     <t>#79 William Jefferson - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
     <t>#52 Gerald Webster - RDE</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#48 Leon Cannon - SS</t>
   </si>
   <si>
     <t>#43 Matthew Moore - LDE</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>#37 Terry Dardar - RDE</t>
   </si>
   <si>
     <t>#43 William Bowden - CB</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - FS</t>
+    <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>TEN 30</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-TEN 30 (11:33) 7-Colin Fite pass complete to 13-Joseph Ireland to TEN 33 for 3 yards. Tackle by 58-Fidel Anderson.</t>
   </si>
   <si>
     <t>#23 David Brown - RDE</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>TEN 33</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
@@ -2345,51 +2345,51 @@
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>