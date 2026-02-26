--- v2 (2026-01-25)
+++ v3 (2026-02-26)
@@ -509,51 +509,51 @@
   <si>
     <t>#21 Kevin Frenette - FS</t>
   </si>
   <si>
     <t>#64 Tyrone Priest - LDE</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>TEN 18</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEN 18 (12:13) 7-Colin Fite pass complete to 80-Cedric Ware to TEN 30 for 12 yards. Tackle by 48-Leon Cannon.</t>
   </si>
   <si>
     <t>#15 Colin Fite - QB</t>
   </si>
   <si>
-    <t>#87 Barry Page - FB</t>
+    <t>#40 Barry Page - FB</t>
   </si>
   <si>
     <t>#80 Cedric Ware - WR</t>
   </si>
   <si>
     <t>#16 Douglas Glover - WR</t>
   </si>
   <si>
     <t>#86 Raymond Stout - WR</t>
   </si>
   <si>
     <t>#75 Juan Prendergast - RT</t>
   </si>
   <si>
     <t>#59 Matthew White - LG</t>
   </si>
   <si>
     <t>#79 William Jefferson - C</t>
   </si>
   <si>
     <t>#73 Robert McKernan - RG</t>
   </si>
   <si>
     <t>#57 Joshua Allen - RT</t>
   </si>