--- v0 (2025-10-16)
+++ v1 (2026-01-13)
@@ -305,57 +305,57 @@
   <si>
     <t>#87 Kevin Vasquez - WR</t>
   </si>
   <si>
     <t>#72 Carl Bracy - C</t>
   </si>
   <si>
     <t>#59 Craig Johnson - C</t>
   </si>
   <si>
     <t>#82 George Leach - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#4 Heath Miller - C</t>
   </si>
   <si>
     <t>#21 Kevin Frenette - FS</t>
   </si>
   <si>
     <t>#16 Roy Mathew - WR</t>
   </si>
   <si>
-    <t>#81 Donald Altman - RB</t>
+    <t>#81 Donald Altman - C</t>
   </si>
   <si>
     <t>#80 Francisco Beatty - WR</t>
   </si>
   <si>
-    <t>#39 Murray Wood - CB</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>#5 Derrick Adams - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TBY 15 (14:57) 20-Stephen Newman ran to TBY 13 for -2 yards. Tackle by 57-David Radcliffe.</t>
   </si>
   <si>
     <t>#14 Jose Davila - QB</t>
   </si>
@@ -470,135 +470,135 @@
   <si>
     <t>#12 Jerry Simpson - C</t>
   </si>
   <si>
     <t>TBY 8</t>
   </si>
   <si>
     <t>4-17-TBY 8 (14:10) 7-Daniel Plemmons punts 41 yards to TBY 49. Fair Catch by 13-Ronald Dunham.</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>TBY 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-TBY 49 (14:04) 28-Brandon Olmstead ran to TBY 42 for 7 yards. Tackle by 21-Kevin Frenette.</t>
   </si>
   <si>
-    <t>#6 Milton Ulloa - QB</t>
+    <t>#8 Milton Ulloa - QB</t>
   </si>
   <si>
     <t>#28 Brandon Olmstead - RB</t>
   </si>
   <si>
     <t>#27 Lonnie Stewart - RB</t>
   </si>
   <si>
     <t>#82 Jay Smith - TE</t>
   </si>
   <si>
     <t>#82 Pierre Schiavo - TE</t>
   </si>
   <si>
     <t>#87 Irwin Elias - WR</t>
   </si>
   <si>
     <t>#68 Joe Alt - LG</t>
   </si>
   <si>
     <t>#66 Glenn Stone - C</t>
   </si>
   <si>
-    <t>#67 Whitney Fennell - C</t>
+    <t>#78 Whitney Fennell - C</t>
   </si>
   <si>
     <t>#69 Jon Runyan - RG</t>
   </si>
   <si>
-    <t>#77 Kenneth Stevens - LT</t>
+    <t>#57 Kenneth Stevens - LT</t>
   </si>
   <si>
     <t>#98 Lorenzo McDaniel - LDE</t>
   </si>
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
     <t>#52 Gerald Webster - RDE</t>
   </si>
   <si>
     <t>#43 Matthew Moore - LDE</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>#23 David Brown - RDE</t>
   </si>
   <si>
     <t>#54 Fidel Anderson - SLB</t>
   </si>
   <si>
     <t>#37 Terry Dardar - RDE</t>
   </si>
   <si>
     <t>#30 Robert White - CB</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>TBY 42</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-3-TBY 42 (13:27) 13-Ronald Dunham ran to TBY 15 for 27 yards. Tackle by 30-Robert White.</t>
   </si>
   <si>
     <t>#3 Edward Johnson - WR</t>
   </si>
   <si>
     <t>#12 Jeffrey Flynn - WR</t>
   </si>
   <si>
     <t>#1 Malik Nabers - WR</t>
   </si>
   <si>
-    <t>#46 Jose Aguilera - FS</t>
+    <t>#46 Jose Aguilera - LDE</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-TBY 15 (12:44) 28-Brandon Olmstead ran to TBY 3 for 12 yards. Tackle by 46-Jose Aguilera.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>TBY 3</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-3-TBY 3 (12:05) 6-Milton Ulloa pass incomplete, intended for 3-Edward Johnson.</t>
   </si>
@@ -611,60 +611,60 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-3-TBY 3 (12:03) 6-Milton Ulloa pass complete to 8-Malik Nabers for 3 yards. TOUCHDOWN! NYN 6 TBY 0</t>
   </si>
   <si>
     <t>#43 William Bowden - CB</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:01) Extra point GOOD by 5-Derrick Adams. NYN 7 TBY 0</t>
   </si>
   <si>
     <t>#9 Bill Dyson - QB</t>
   </si>
   <si>
-    <t>#70 Scott Blackstock - LT</t>
+    <t>#70 Scott Blackstock - RT</t>
   </si>
   <si>
     <t>#52 Mike Cronin - C</t>
   </si>
   <si>
     <t>#73 Evan Neal - LT</t>
   </si>
   <si>
-    <t>#47 Robert Martell - SS</t>
+    <t>#47 Robert Martell - RDE</t>
   </si>
   <si>
     <t>#13 Kenneth Neely - CB</t>
   </si>
   <si>
     <t>#42 Rodney Sneed - CB</t>
   </si>
   <si>
     <t>(12:01) 5-Derrick Adams kicks 75 yards from NYN 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>1-10-TBY 25 (12:01) 14-Jose Davila pass complete to 89-Edward Lease to TBY 40 for 15 yards. Tackle by 47-William Conder.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>TBY 40</t>
   </si>
   <si>
     <t>1-10-TBY 40 (11:22) 14-Jose Davila pass complete to 89-Edward Lease to NYN 47 for 14 yards. Tackle by 47-William Conder.</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>2-10-NYN 37 (5:52) 28-Brandon Olmstead ran to NYN 41 for 4 yards. Tackle by 37-Terry Dardar.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>NYN 41</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>3-6-NYN 41 (5:08) 13-Ronald Dunham ran to NYN 42 for 1 yards. Tackle by 58-Fidel Anderson.</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>NYN 42</t>
   </si>
   <si>
     <t>4-5-NYN 42 (4:27) 2-Claude Cohen punts 50 yards to TBY 7.</t>
   </si>
   <si>
-    <t>#2 Claude Cohen - P</t>
+    <t>#7 Claude Cohen - P</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>TBY 7</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TBY 7 (4:17) 14-Jose Davila pass complete to 20-Stephen Newman to TBY 15 for 8 yards. Tackle by 43-Roger Angell.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -1202,51 +1202,51 @@
   <si>
     <t>(2:13) 5-Patrick Moll kicks 74 yards from TBY 35 to NYN -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-NYN 25 (2:13) 6-Milton Ulloa pass complete to 28-Brandon Olmstead to NYN 32 for 7 yards. Tackle by 37-Terry Dardar. TBY 52-Gerald Webster was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>2-3-NYN 32 (2:00) 6-Milton Ulloa pass complete to 17-Irwin Elias for 68 yards. TOUCHDOWN! PENALTY - Offsides (TBY 98-Lorenzo McDaniel) (Declined) NYN 13 TBY 31</t>
   </si>
   <si>
     <t>(1:51) Extra point GOOD by 5-Derrick Adams. NYN 14 TBY 31</t>
   </si>
   <si>
     <t>#69 Larry Adams - LT</t>
   </si>
   <si>
-    <t>#70 Colby Loy - RT</t>
+    <t>#72 Colby Loy - RT</t>
   </si>
   <si>
     <t>#62 Scott Alexander - RG</t>
   </si>
   <si>
     <t>(1:51) 5-Derrick Adams kicks 70 yards from NYN 35 to TBY -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-TBY 25 (1:51) 14-Jose Davila pass incomplete, intended for 89-Edward Lease.</t>
   </si>
   <si>
     <t>1:48</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-TBY 25 (1:49) 14-Jose Davila pass Pass knocked down by 47-William Conder. incomplete, intended for 20-Stephen Newman.</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>3-10-TBY 25 (1:46) 14-Jose Davila pass incomplete, intended for 20-Stephen Newman.</t>
   </si>
@@ -2339,66 +2339,66 @@
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>