--- v1 (2026-01-13)
+++ v2 (2026-03-14)
@@ -854,51 +854,51 @@
   <si>
     <t>TBY 7</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TBY 7 (4:17) 14-Jose Davila pass complete to 20-Stephen Newman to TBY 15 for 8 yards. Tackle by 43-Roger Angell.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-2-TBY 15 (3:39) 24-Joseph Bach ran to TBY 20 for 5 yards. Tackle by 58-Bobby Okeke.</t>
   </si>
   <si>
-    <t>#31 Ray Flaherty - CB</t>
+    <t>#35 Ray Flaherty - CB</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>TBY 20</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-TBY 20 (3:04) 14-Jose Davila ran to TBY 29 for 9 yards. Tackle by 58-Bobby Okeke.</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>TBY 29</t>
   </si>
   <si>
     <t>2-1-TBY 29 (2:21) 39-Murray Wood ran to TBY 28 for a short loss. Tackle by 93-William Smith.</t>
   </si>
@@ -1202,51 +1202,51 @@
   <si>
     <t>(2:13) 5-Patrick Moll kicks 74 yards from TBY 35 to NYN -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-NYN 25 (2:13) 6-Milton Ulloa pass complete to 28-Brandon Olmstead to NYN 32 for 7 yards. Tackle by 37-Terry Dardar. TBY 52-Gerald Webster was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>2-3-NYN 32 (2:00) 6-Milton Ulloa pass complete to 17-Irwin Elias for 68 yards. TOUCHDOWN! PENALTY - Offsides (TBY 98-Lorenzo McDaniel) (Declined) NYN 13 TBY 31</t>
   </si>
   <si>
     <t>(1:51) Extra point GOOD by 5-Derrick Adams. NYN 14 TBY 31</t>
   </si>
   <si>
     <t>#69 Larry Adams - LT</t>
   </si>
   <si>
-    <t>#72 Colby Loy - RT</t>
+    <t>#55 Colby Loy - RT</t>
   </si>
   <si>
     <t>#62 Scott Alexander - RG</t>
   </si>
   <si>
     <t>(1:51) 5-Derrick Adams kicks 70 yards from NYN 35 to TBY -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-TBY 25 (1:51) 14-Jose Davila pass incomplete, intended for 89-Edward Lease.</t>
   </si>
   <si>
     <t>1:48</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-TBY 25 (1:49) 14-Jose Davila pass Pass knocked down by 47-William Conder. incomplete, intended for 20-Stephen Newman.</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>3-10-TBY 25 (1:46) 14-Jose Davila pass incomplete, intended for 20-Stephen Newman.</t>
   </si>