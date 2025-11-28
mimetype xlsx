--- v0 (2025-10-15)
+++ v1 (2025-11-28)
@@ -305,99 +305,99 @@
   <si>
     <t>#87 Kevin Vasquez - WR</t>
   </si>
   <si>
     <t>#53 Kenneth Wise - LG</t>
   </si>
   <si>
     <t>#65 Terry Brashears - C</t>
   </si>
   <si>
     <t>#82 George Leach - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#4 Heath Miller - C</t>
   </si>
   <si>
     <t>#1 Nathan Schwartz - C</t>
   </si>
   <si>
     <t>#16 Roy Mathew - WR</t>
   </si>
   <si>
-    <t>#39 Murray Wood - CB</t>
+    <t>#39 Murray Wood - FS</t>
   </si>
   <si>
     <t>#80 Francisco Beatty - WR</t>
   </si>
   <si>
     <t>#77 Jimmy Devore - C</t>
   </si>
   <si>
     <t>#9 Freddy Till - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 18-Roberto Williams pass incomplete, intended for 89-Edward Lease.</t>
   </si>
   <si>
     <t>#18 Roberto Williams - QB</t>
   </si>
   <si>
     <t>#69 Stephen Newman - WR</t>
   </si>
   <si>
     <t>#12 Jerry Simpson - C</t>
   </si>
   <si>
     <t>#89 Edward Lease - WR</t>
   </si>
   <si>
     <t>#24 Joseph Bach - WR</t>
   </si>
   <si>
     <t>#57 Jerry McAdoo - C</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
-    <t>#53 Pedro Lewis - LDE</t>
+    <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>#99 John Williams - DT</t>
   </si>
   <si>
     <t>#56 Jason Workman - DT</t>
   </si>
   <si>
     <t>#70 William Jones - DT</t>
   </si>
   <si>
     <t>#57 Erik Herring - WLB</t>
   </si>
   <si>
     <t>#56 Steven Day - WLB</t>
   </si>
   <si>
     <t>#35 Art Crump - CB</t>
   </si>
   <si>
     <t>#20 Lawrence Robinson - CB</t>
   </si>
   <si>
     <t>#43 Scott Foster - CB</t>
   </si>