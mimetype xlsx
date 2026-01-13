--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -305,51 +305,51 @@
   <si>
     <t>#87 Kevin Vasquez - WR</t>
   </si>
   <si>
     <t>#53 Kenneth Wise - LG</t>
   </si>
   <si>
     <t>#65 Terry Brashears - C</t>
   </si>
   <si>
     <t>#82 George Leach - C</t>
   </si>
   <si>
     <t>#68 Daniel Ulrey - C</t>
   </si>
   <si>
     <t>#4 Heath Miller - C</t>
   </si>
   <si>
     <t>#1 Nathan Schwartz - C</t>
   </si>
   <si>
     <t>#16 Roy Mathew - WR</t>
   </si>
   <si>
-    <t>#39 Murray Wood - FS</t>
+    <t>#39 Murray Wood - LDE</t>
   </si>
   <si>
     <t>#80 Francisco Beatty - WR</t>
   </si>
   <si>
     <t>#77 Jimmy Devore - C</t>
   </si>
   <si>
     <t>#9 Freddy Till - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 18-Roberto Williams pass incomplete, intended for 89-Edward Lease.</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-TEN 48 (8:49) 7-Colin Fite pass incomplete, dropped by 42-Jason Berryman.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>2-10-TEN 48 (8:47) 39-Bruce McCarville ran to TBY 45 for 7 yards. Tackle by 34-William Bowden. TBY 97-Timmy Seale was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>3-3-TBY 45 (8:08) 13-Joseph Ireland ran to TBY 35 for 10 yards. Tackle by 23-David Brown.</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>1-10-TBY 35 (7:28) 42-Jason Berryman ran to TBY 26 for 10 yards. Tackle by 89-Edward Lease.</t>
   </si>
   <si>
-    <t>#10 Gary Pirtle - WR</t>
+    <t>#10 Gary Pirtle - RT</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>2-1-TBY 26 (6:46) 7-Colin Fite pass Pass knocked down by 71-John Pharris. incomplete, intended for 18-David Wood. PENALTY - Pass Interference (TBY 71-John Pharris)</t>
   </si>
   <si>
     <t>#29 Joseph Geary - RDE</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-TBY 18 (6:43) 39-Bruce McCarville ran to TBY 15 for 2 yards. Tackle by 37-Terry Dardar.</t>
   </si>
   <si>
     <t>6:11</t>
   </si>