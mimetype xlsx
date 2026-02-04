--- v2 (2026-01-13)
+++ v3 (2026-02-04)
@@ -1076,51 +1076,51 @@
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-TEN 48 (8:49) 7-Colin Fite pass incomplete, dropped by 42-Jason Berryman.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>2-10-TEN 48 (8:47) 39-Bruce McCarville ran to TBY 45 for 7 yards. Tackle by 34-William Bowden. TBY 97-Timmy Seale was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>3-3-TBY 45 (8:08) 13-Joseph Ireland ran to TBY 35 for 10 yards. Tackle by 23-David Brown.</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>1-10-TBY 35 (7:28) 42-Jason Berryman ran to TBY 26 for 10 yards. Tackle by 89-Edward Lease.</t>
   </si>
   <si>
-    <t>#10 Gary Pirtle - RT</t>
+    <t>#10 Gary Pirtle - WR</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>2-1-TBY 26 (6:46) 7-Colin Fite pass Pass knocked down by 71-John Pharris. incomplete, intended for 18-David Wood. PENALTY - Pass Interference (TBY 71-John Pharris)</t>
   </si>
   <si>
     <t>#29 Joseph Geary - RDE</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-TBY 18 (6:43) 39-Bruce McCarville ran to TBY 15 for 2 yards. Tackle by 37-Terry Dardar.</t>
   </si>
   <si>
     <t>6:11</t>
   </si>