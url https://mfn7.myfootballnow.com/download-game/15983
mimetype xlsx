--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -377,51 +377,51 @@
   <si>
     <t>#72 Herbert Sayles - LDE</t>
   </si>
   <si>
     <t>#97 Frederick Kling - DT</t>
   </si>
   <si>
     <t>#96 Jason Irwin - RDE</t>
   </si>
   <si>
     <t>#53 Fred Puentes - SLB</t>
   </si>
   <si>
     <t>#55 Paul Quon - MLB</t>
   </si>
   <si>
     <t>#50 Joe Thomas - WLB</t>
   </si>
   <si>
     <t>#44 Bruce Gardner - WLB</t>
   </si>
   <si>
     <t>#36 Aaron Beggs - CB</t>
   </si>
   <si>
-    <t>#21 Robert Brock - FS</t>
+    <t>#21 Robert Brock - WLB</t>
   </si>
   <si>
     <t>#40 Christian Nguyen - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-4-TBY 31 (14:20) 13-Edwin Thompson ran to PIT 47 for 22 yards. Tackle by 21-Robert Brock. PIT 28-Robert Galvin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Edwin Thompson - WR</t>
   </si>
   <si>
     <t>#58 Robert Koch - DT</t>
   </si>
@@ -539,51 +539,51 @@
   <si>
     <t>#71 Jerry Parker - RT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-PIT 25 (12:12) 2-Alan Hemphill pass complete to 17-Eduardo Cheatham to PIT 26 for 1 yards. Tackle by 25-James Carrol.</t>
   </si>
   <si>
     <t>#2 Alan Hemphill - QB</t>
   </si>
   <si>
     <t>#17 Eduardo Cheatham - WR</t>
   </si>
   <si>
     <t>#86 Brian Myers - TE</t>
   </si>
   <si>
-    <t>#11 Joshua Hartfield - WR</t>
+    <t>#11 Joshua Hartfield - C</t>
   </si>
   <si>
     <t>#16 Julio Fletcher - WR</t>
   </si>
   <si>
     <t>#86 Richard Reyes - WR</t>
   </si>
   <si>
     <t>#56 Christopher Johnston - LG</t>
   </si>
   <si>
     <t>#70 Alan Burns - LT</t>
   </si>
   <si>
     <t>#58 Fred Gray - C</t>
   </si>
   <si>
     <t>#75 Ronald Healy - C</t>
   </si>
   <si>
     <t>#64 Trevor Perea - RT</t>
   </si>
   <si>
     <t>#31 Robert Boughner - LDE</t>
   </si>
@@ -2180,53 +2180,53 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="372.623" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>