--- v1 (2025-11-05)
+++ v2 (2026-01-25)
@@ -356,72 +356,72 @@
   <si>
     <t>#9 David Perkins - QB</t>
   </si>
   <si>
     <t>#89 Edward Lease - WR</t>
   </si>
   <si>
     <t>#13 Joe Entrekin - WR</t>
   </si>
   <si>
     <t>#83 Gerald Miller - WR</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
     <t>#73 Tom Murry - C</t>
   </si>
   <si>
     <t>#74 Ronald Crawford - LDE</t>
   </si>
   <si>
     <t>#72 Herbert Sayles - LDE</t>
   </si>
   <si>
-    <t>#97 Frederick Kling - DT</t>
+    <t>#65 Frederick Kling - DT</t>
   </si>
   <si>
     <t>#96 Jason Irwin - RDE</t>
   </si>
   <si>
     <t>#53 Fred Puentes - SLB</t>
   </si>
   <si>
     <t>#55 Paul Quon - MLB</t>
   </si>
   <si>
     <t>#50 Joe Thomas - WLB</t>
   </si>
   <si>
     <t>#44 Bruce Gardner - WLB</t>
   </si>
   <si>
     <t>#36 Aaron Beggs - CB</t>
   </si>
   <si>
-    <t>#21 Robert Brock - WLB</t>
+    <t>#21 Robert Brock - DT</t>
   </si>
   <si>
     <t>#40 Christian Nguyen - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-4-TBY 31 (14:20) 13-Edwin Thompson ran to PIT 47 for 22 yards. Tackle by 21-Robert Brock. PIT 28-Robert Galvin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Edwin Thompson - WR</t>
   </si>
   <si>
     <t>#58 Robert Koch - DT</t>
   </si>