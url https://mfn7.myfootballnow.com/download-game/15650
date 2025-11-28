--- v0 (2025-10-15)
+++ v1 (2025-11-28)
@@ -500,51 +500,51 @@
   <si>
     <t>#89 Edward Lease - WR</t>
   </si>
   <si>
     <t>#13 Joe Entrekin - WR</t>
   </si>
   <si>
     <t>#65 Terry Brashears - C</t>
   </si>
   <si>
     <t>#77 Jimmy Devore - C</t>
   </si>
   <si>
     <t>#73 Tom Murry - C</t>
   </si>
   <si>
     <t>#1 Nathan Schwartz - C</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
     <t>#97 Stewart Hall - WLB</t>
   </si>
   <si>
-    <t>#53 Pedro Lewis - LDE</t>
+    <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>#70 William Jones - DT</t>
   </si>
   <si>
     <t>#57 Erik Herring - WLB</t>
   </si>
   <si>
     <t>#31 Craig Getchell - CB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>2-10-TEN 49 (13:44) 9-David Perkins pass INTERCEPTED by 28-Jared Jefcoat at TEN 39. 28-Jared Jefcoat to TEN 39 for 0 yards. Tackle by 3-Joe Entrekin.</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>