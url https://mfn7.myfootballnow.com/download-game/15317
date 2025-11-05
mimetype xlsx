--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -407,51 +407,51 @@
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>LAA 47</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-LAA 47 (14:20) 9-David Perkins pass Pass knocked down by 55-Ryan Holland. incomplete, intended for 35-Jason Sheedy.</t>
   </si>
   <si>
     <t>#21 Jason Sheedy - CB</t>
   </si>
   <si>
     <t>#4 Joel Shattuck - LT</t>
   </si>
   <si>
     <t>#73 Morton Nelson - RDE</t>
   </si>
   <si>
-    <t>#50 Lawrence Guan - SLB</t>
+    <t>#95 Lawrence Guan - SLB</t>
   </si>
   <si>
     <t>#58 Douglas Wright - MLB</t>
   </si>
   <si>
     <t>#90 Ryan Holland - WLB</t>
   </si>
   <si>
     <t>#29 Charles Lake - CB</t>
   </si>
   <si>
     <t>#48 Peter Diaz - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>2-10-LAA 47 (14:16) 9-David Perkins pass Pass knocked down by 55-Ryan Holland. incomplete, intended for 35-Jason Sheedy.</t>
   </si>
   <si>
     <t>#13 Edwin Thompson - WR</t>
   </si>
   <si>
     <t>#57 Daniel George - SLB</t>
   </si>