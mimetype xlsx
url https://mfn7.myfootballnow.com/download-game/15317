--- v1 (2025-11-05)
+++ v2 (2025-11-28)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-TBY 25 (15:00) 9-David Perkins pass complete to 19-Justin Schippers to LAA 47 for 28 yards. Tackle by 42-Jacob Robertson.</t>
   </si>
   <si>
     <t>#9 David Perkins - QB</t>
   </si>
   <si>
     <t>#69 Stephen Newman - WR</t>
   </si>
   <si>
     <t>#19 Justin Schippers - RG</t>
   </si>
   <si>
     <t>#13 Joe Entrekin - WR</t>
   </si>
   <si>
     <t>#65 Terry Brashears - C</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
     <t>#55 Carl Coleman - LDE</t>
   </si>
   <si>
-    <t>#73 James Waller - DT</t>
+    <t>#61 James Waller - DT</t>
   </si>
   <si>
     <t>#59 William Stinson - RDE</t>
   </si>
   <si>
     <t>#90 Scott McClure - LDE</t>
   </si>
   <si>
     <t>#91 Edgar Dale - MLB</t>
   </si>
   <si>
     <t>#37 Joseph Starks - CB</t>
   </si>
   <si>
     <t>#7 Jacob Robertson - CB</t>
   </si>
   <si>
     <t>#21 Mike Rosario - CB</t>
   </si>
   <si>
     <t>#35 Matthew Clark - CB</t>
   </si>
   <si>
     <t>#26 Timothy Meador - SS</t>
   </si>