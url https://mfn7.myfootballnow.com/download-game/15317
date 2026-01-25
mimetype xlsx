--- v2 (2025-11-28)
+++ v3 (2026-01-25)
@@ -368,51 +368,51 @@
   <si>
     <t>#65 Terry Brashears - C</t>
   </si>
   <si>
     <t>#76 Alex James - C</t>
   </si>
   <si>
     <t>#55 Carl Coleman - LDE</t>
   </si>
   <si>
     <t>#61 James Waller - DT</t>
   </si>
   <si>
     <t>#59 William Stinson - RDE</t>
   </si>
   <si>
     <t>#90 Scott McClure - LDE</t>
   </si>
   <si>
     <t>#91 Edgar Dale - MLB</t>
   </si>
   <si>
     <t>#37 Joseph Starks - CB</t>
   </si>
   <si>
-    <t>#7 Jacob Robertson - CB</t>
+    <t>#34 Jacob Robertson - FS</t>
   </si>
   <si>
     <t>#21 Mike Rosario - CB</t>
   </si>
   <si>
     <t>#35 Matthew Clark - CB</t>
   </si>
   <si>
     <t>#26 Timothy Meador - SS</t>
   </si>
   <si>
     <t>#24 Ronald Henry - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>LAA 47</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LAA 7 (13:32) 5-William Velazquez pass complete to 25-Kevin Febus to LAA 15 for 7 yards. Tackle by 2-Patrick Craig. 25-James Carrol got away with a hold on that play.</t>
   </si>
   <si>
     <t>#9 William Velazquez - QB</t>
   </si>
   <si>
     <t>#81 Robert Davis - TE</t>
   </si>
   <si>
     <t>#10 Daniel Christiano - WR</t>
   </si>
   <si>
     <t>#13 Michael Lee - WR</t>
   </si>
   <si>
     <t>#70 Edward Hines - LT</t>
   </si>
   <si>
     <t>#71 Christopher Eskew - LG</t>
   </si>
   <si>
-    <t>#65 Victor Miner - C</t>
+    <t>#69 Victor Miner - C</t>
   </si>
   <si>
     <t>#70 Richard Gonzalez - RG</t>
   </si>
   <si>
     <t>#63 Michael Iverson - RT</t>
   </si>
   <si>
     <t>#90 Derek Rodgers - MLB</t>
   </si>
   <si>
     <t>#31 Robert Boughner - LDE</t>
   </si>
   <si>
     <t>#71 John Pharris - LDE</t>
   </si>
   <si>
     <t>#60 Jae Silva - LDE</t>
   </si>
   <si>
     <t>#56 Henry Livingston - LDE</t>
   </si>
   <si>
     <t>#25 James Carrol - RDE</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>10:23</t>
   </si>
   <si>
     <t>3-10-LAA 20 (10:22) 5-William Velazquez pass Pass knocked down by 28-Stephen Robinson. incomplete, intended for 25-Kevin Febus.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>4-10-LAA 20 (10:19) 2-Jeffrey Williams punts 46 yards to TBY 34. Fair Catch by 14-Francis Carlton.</t>
   </si>
   <si>
     <t>#14 Francis Carlton - C</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>TBY 34</t>
   </si>
   <si>
     <t>1-10-TBY 34 (10:12) 9-David Perkins pass Pass knocked down by 43-Charles Lake. incomplete, intended for 20-Stephen Newman.</t>
   </si>
   <si>
-    <t>#96 Richard Cole - RDE</t>
+    <t>#72 Richard Cole - RDE</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>2-10-TBY 34 (10:09) 9-David Perkins pass complete to 20-Stephen Newman to TBY 46 for 12 yards. Tackle by 41-Ronald Henry.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>TBY 46</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TBY 46 (9:33) 9-David Perkins pass Pass knocked down by 42-Jacob Robertson. incomplete, intended for 19-Justin Schippers.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>2-10-TBY 46 (9:30) 9-David Perkins pass Pass knocked down by 40-Mike Rosario. incomplete, intended for 4-Joel Shattuck. LAA 90-Scott McClure was injured on the play.</t>
   </si>
@@ -2263,51 +2263,51 @@
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">