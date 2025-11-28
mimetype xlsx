--- v0 (2025-10-15)
+++ v1 (2025-11-28)
@@ -1475,51 +1475,51 @@
   <si>
     <t>4-12-NYN 12 (5:15) 9-Freddy Till 30 yard field goal is GOOD. NYN 14 TEN 10</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>(5:12) 9-Freddy Till kicks 75 yards from TEN 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-NYN 25 (5:12) 28-Brandon Olmstead ran to NYN 27 for 2 yards. Tackle by 35-Art Crump.</t>
   </si>
   <si>
     <t>4:36</t>
   </si>
   <si>
     <t>2-8-NYN 27 (4:35) 9-Bill Dyson pass complete to 16-John Wall to TEN 20 for 53 yards. Tackle by 31-Craig Getchell. It looks like the offense is starting to get familiar with that defensive play.</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>1-10-TEN 20 (3:51) 9-Bill Dyson pass incomplete, intended for 82-Pierre Schiavo. 31-Craig Getchell got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#53 Pedro Lewis - LDE</t>
+    <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>#58 Christopher Chandler - WLB</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-10-TEN 20 (3:48) 9-Bill Dyson pass complete to 33-Vincent Deason to TEN 10 for 10 yards. Tackle by 54-Kenneth Boone. NYN 63-Mike Cronin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-TEN 10 (3:04) 28-Brandon Olmstead ran to TEN 5 for 5 yards. Tackle by 98-Robert Farrer. TEN 70-William Jones was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:27</t>
   </si>