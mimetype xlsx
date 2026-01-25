--- v1 (2025-11-28)
+++ v2 (2026-01-25)
@@ -614,51 +614,51 @@
   <si>
     <t>2-9-TEN 43 (11:37) 9-Bill Dyson pass Pass knocked down by 28-Jared Jefcoat. incomplete, intended for 80-Trinidad Johnson.</t>
   </si>
   <si>
     <t>#60 Jose Smith - RG</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>3-9-TEN 43 (11:34) 9-Bill Dyson pass complete to 33-Vincent Deason to TEN 41 for 2 yards. Tackle by 98-Robert Farrer. TEN 54-Kenneth Boone was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#57 Erik Herring - WLB</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>TEN 41</t>
   </si>
   <si>
     <t>4-7-TEN 41 (10:58) 6-Claude Cohen punts 31 yards to TEN 10. Fair Catch by 17-Bobby Hill.</t>
   </si>
   <si>
-    <t>#2 Claude Cohen - P</t>
+    <t>#7 Claude Cohen - P</t>
   </si>
   <si>
     <t>#74 Michael Revell - C</t>
   </si>
   <si>
     <t>#50 Steven Johnson - SLB</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>TEN 10</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>1-10-TEN 10 (10:52) 6-Robert Bartlett ran to TEN 20 for 10 yards. Tackle by 93-William Smith.</t>
   </si>
   <si>
     <t>#64 Virgil Guertin - RG</t>
   </si>
   <si>
     <t>10:17</t>
   </si>