--- v0 (2025-10-16)
+++ v1 (2025-11-28)
@@ -632,51 +632,51 @@
   <si>
     <t>#15 Dean Fish - P</t>
   </si>
   <si>
     <t>#20 Tim Tovar - CB</t>
   </si>
   <si>
     <t>#67 James Daubert - RG</t>
   </si>
   <si>
     <t>#84 Edmund Rollins - TE</t>
   </si>
   <si>
     <t>#91 Edward Miller - RDE</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
   <si>
     <t>TBY 20</t>
   </si>
   <si>
     <t>1-10-TBY 20 (13:18) 9-David Perkins pass complete to 4-Joel Shattuck to TBY 32 for 12 yards. Tackle by 32-Willie Wisniewski.</t>
   </si>
   <si>
-    <t>#53 Pedro Lewis - LDE</t>
+    <t>#57 Pedro Lewis - LDE</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>TBY 32</t>
   </si>
   <si>
     <t>1-10-TBY 32 (12:42) 9-David Perkins pass complete to 81-Brian Wilkinson to TEN 19 for 49 yards.</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>TEN 19</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-TEN 19 (12:01) 9-David Perkins pass Pass knocked down by 27-Joshua Ward. incomplete, intended for 84-David Watterson. TBY 65-John Littell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:57</t>
   </si>