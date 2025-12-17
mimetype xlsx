--- v0 (2025-10-15)
+++ v1 (2025-12-17)
@@ -554,51 +554,51 @@
   <si>
     <t>#74 Willie Jackson - RG</t>
   </si>
   <si>
     <t>#66 Joseph Meyer - RG</t>
   </si>
   <si>
     <t>#61 Curtis Torain - RG</t>
   </si>
   <si>
     <t>#54 Jeffrey Morrison - RG</t>
   </si>
   <si>
     <t>#55 Carl Coleman - LDE</t>
   </si>
   <si>
     <t>#99 John Williams - DT</t>
   </si>
   <si>
     <t>#59 William Stinson - RDE</t>
   </si>
   <si>
     <t>#97 Francis Miller - RDE</t>
   </si>
   <si>
-    <t>#50 Lawrence Guan - SLB</t>
+    <t>#95 Lawrence Guan - SLB</t>
   </si>
   <si>
     <t>#36 Arthur Guillen - CB</t>
   </si>
   <si>
     <t>#47 Michael Waters - SS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>KCY 11</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-5-KCY 11 (12:16) 2-Antonio Bourg pass incomplete, intended for 16-Harry Jorgensen. That ball was not released cleanly.</t>
   </si>
   <si>
     <t>#10 Harry Jorgensen - WR</t>
   </si>